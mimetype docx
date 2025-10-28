--- v0 (2025-10-04)
+++ v1 (2025-10-28)
@@ -5,51 +5,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4BD85222" w14:textId="77777777" w:rsidR="00B87A2E" w:rsidRDefault="00B87A2E">
       <w:pPr>
         <w:pStyle w:val="ARCATTitle"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4BD85223" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
       <w:pPr>
         <w:pStyle w:val="ARCATTitle"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>SECTION 07 31 13</w:t>
       </w:r>
     </w:p>
@@ -134,56 +134,56 @@
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="00D46F89">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> menu of Word, click the ¶ symbol.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD85229" w14:textId="25F260F1" w:rsidR="003B1641" w:rsidRPr="003A1CDA" w:rsidRDefault="003B1641" w:rsidP="00CA6EEC">
       <w:pPr>
         <w:pStyle w:val="ARCATTitle"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD8522A" w14:textId="70AB1D53" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="0003145A">
+    <w:p w14:paraId="4BD8522A" w14:textId="25B6A8F4" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="35"/>
+          <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>** NOTE TO SPECIFIER ** Malarkey Roofing Products; commercial and residential roofing.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:br/>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:br/>
         <w:t>This section is based on the products of Malarkey Roofing Products, which is located at:</w:t>
       </w:r>
@@ -208,55 +208,55 @@
         <w:br/>
         <w:t>Toll Free Tel: 800-545-1191</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:br/>
         <w:t>Tel: 503-283-1191</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:br/>
         <w:t>Fax: 503-289-7644</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="00041051" w:rsidRPr="008C1022">
+        <w:r w:rsidR="001E0DBD" w:rsidRPr="003F25CB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>request info (jkouba@malarkeyroofing.com)</w:t>
+          <w:t>request info (john.kouba@amrize.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Web: </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.malarkeyroofing.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
@@ -393,89 +393,89 @@
         </w:numPr>
         <w:ind w:left="1710" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Highlander</w:t>
       </w:r>
       <w:r w:rsidR="00DB574B">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(241).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD85230" w14:textId="6B176C47" w:rsidR="008204A4" w:rsidRPr="002A368B" w:rsidRDefault="008204A4" w:rsidP="00D11D61">
+    <w:p w14:paraId="4BD85230" w14:textId="6B176C47" w:rsidR="008204A4" w:rsidRDefault="008204A4" w:rsidP="00D11D61">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="1710" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A368B">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Highlander AR (242).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD85231" w14:textId="77777777" w:rsidR="008204A4" w:rsidRDefault="008204A4" w:rsidP="00D11D61">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="1710" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Vista (251).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD85233" w14:textId="27205862" w:rsidR="003A3055" w:rsidRPr="00753902" w:rsidRDefault="008204A4" w:rsidP="00753902">
+    <w:p w14:paraId="4BD85233" w14:textId="27205862" w:rsidR="003A3055" w:rsidRDefault="008204A4" w:rsidP="00753902">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="1710" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Vista AR (252).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD85234" w14:textId="77777777" w:rsidR="003A3055" w:rsidRDefault="003B1641" w:rsidP="00D11D61">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
@@ -520,133 +520,181 @@
         <w:spacing w:before="200"/>
         <w:ind w:left="1080" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00552F69">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Designer h</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>eavyweight asphalt shingles.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD85239" w14:textId="29C46AF2" w:rsidR="003B1641" w:rsidRPr="00753902" w:rsidRDefault="006B6065" w:rsidP="0003145A">
+    <w:p w14:paraId="4BD85239" w14:textId="29C46AF2" w:rsidR="003B1641" w:rsidRPr="00753902" w:rsidRDefault="006B6065" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="26"/>
         </w:numPr>
         <w:ind w:left="1710" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Windsor Scotchgard (285).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD8523E" w14:textId="3BB839B0" w:rsidR="003B1641" w:rsidRDefault="00676CDA" w:rsidP="001F6167">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:ind w:left="1080" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003B1641">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Solar reflective asphalt shingles.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD8523F" w14:textId="2F5A6CB7" w:rsidR="008204A4" w:rsidRPr="002A368B" w:rsidRDefault="008204A4" w:rsidP="001F1664">
+    <w:p w14:paraId="4BD8523F" w14:textId="6E55E2ED" w:rsidR="008204A4" w:rsidRDefault="008204A4" w:rsidP="001F1664">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="558"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00732C01">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Highlander Cool</w:t>
+      </w:r>
       <w:r w:rsidRPr="002A368B">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Ecoasis</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> (2</w:t>
+      </w:r>
+      <w:r w:rsidR="00732C01">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>45</w:t>
+      </w:r>
       <w:r w:rsidRPr="002A368B">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (282)</w:t>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00674E2C" w:rsidRPr="002A368B">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55766EDB" w14:textId="5C16F049" w:rsidR="00732C01" w:rsidRPr="00732C01" w:rsidRDefault="00732C01" w:rsidP="00732C01">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="1728" w:hanging="558"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Vista Cool</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A368B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>55</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A368B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD85240" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="001F6167">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:ind w:left="1080" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Underlayment and accessories.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD85241" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="001F6167">
       <w:pPr>
@@ -1051,228 +1099,247 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD85252" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="00847C48">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:keepNext/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>ASTM D3462 - Standard Specification for Asphalt Shingles Made from Glass Felt and Surfaced with Mineral Granules.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD85253" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+    <w:p w14:paraId="4BD85253" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="001E0DBD">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:left="1728" w:hanging="576"/>
+        <w:ind w:left="1728" w:hanging="648"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>ASTM D4586 - Standard Specification for Asphalt Roof Cement, Asbestos-</w:t>
       </w:r>
       <w:r w:rsidR="00AB2FB7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Free.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD85254" w14:textId="77777777" w:rsidR="00BA63D7" w:rsidRDefault="00BA63D7">
+    <w:p w14:paraId="4BD85254" w14:textId="77777777" w:rsidR="00BA63D7" w:rsidRDefault="00BA63D7" w:rsidP="001E0DBD">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:left="1728" w:hanging="576"/>
+        <w:ind w:left="1728" w:hanging="648"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>ASTM D4601</w:t>
       </w:r>
       <w:r w:rsidR="00E460A4">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Standard Specification for Asphalt-Coated Glass Fiber Base Sheet Used in Roofing.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD85255" w14:textId="77777777" w:rsidR="00697ED2" w:rsidRDefault="00697ED2">
+    <w:p w14:paraId="4BD85255" w14:textId="77777777" w:rsidR="00697ED2" w:rsidRDefault="00697ED2" w:rsidP="001E0DBD">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:left="1728" w:hanging="576"/>
+        <w:ind w:left="1728" w:hanging="648"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>ASTM D4869</w:t>
       </w:r>
       <w:r w:rsidR="00E238AD">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Standard Specification for Asphalt-Saturated Organic Felt Underlayment Used in Steep Slope Roofing.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD85256" w14:textId="77777777" w:rsidR="00697ED2" w:rsidRDefault="00697ED2">
+    <w:p w14:paraId="4BD85256" w14:textId="77777777" w:rsidR="00697ED2" w:rsidRDefault="00697ED2" w:rsidP="001E0DBD">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:left="1728" w:hanging="576"/>
+        <w:ind w:left="1728" w:hanging="648"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>ASTM D6757</w:t>
       </w:r>
       <w:r w:rsidR="00E238AD">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Standard Specification for Underlayment Felt Containing Inorganic Fibers Used in Steep-Slope Roofing.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD85257" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+    <w:p w14:paraId="4BD85257" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="001E0DBD">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:left="1728" w:hanging="576"/>
+        <w:ind w:left="1728" w:hanging="648"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>ASTM D7158 - Standard Test Method for Wind Resistance of Asphalt Shingles (Uplift Force/Uplift Resistance Method).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD85258" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+    <w:p w14:paraId="74FBFF6D" w14:textId="3FDDB9B5" w:rsidR="00394E1C" w:rsidRDefault="00394E1C" w:rsidP="001E0DBD">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:left="1728" w:hanging="576"/>
+        <w:ind w:left="1728" w:hanging="648"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ASTM D8257 - Standard Specification for Mechanically Attached Polymeric Roof Underlayment Used in Steep Slope Roofing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85258" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="001E0DBD">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="1728" w:hanging="648"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>ASTM E84 - Standard Test Method for Surface Burning Characteristics of Building Materials.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD85259" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+    <w:p w14:paraId="4BD85259" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="001E0DBD">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:left="1728" w:hanging="576"/>
+        <w:ind w:left="1728" w:hanging="648"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>ASTM E96 - Standard Test Methods for Water Vapor Transmission of Materials.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD8525A" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+    <w:p w14:paraId="4BD8525A" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="001E0DBD">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:left="1728" w:hanging="576"/>
+        <w:ind w:left="1728" w:hanging="648"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>ASTM E108 - Standard Test Methods for Fire Tests of Roof Coverings.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD8525B" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:ind w:left="1152" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -1302,50 +1369,69 @@
         </w:rPr>
         <w:tab/>
         <w:t>CSA A123.5 - Asphalt Shingles.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD8525D" w14:textId="77777777" w:rsidR="00F138EE" w:rsidRDefault="00F138EE">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>CSA A123.3 - Underlayment.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="346ED18D" w14:textId="2362B29C" w:rsidR="00721844" w:rsidRDefault="00721844">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="1728" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       CSA A220.1 - Concrete Roof Tiles.</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="4BD8525E" w14:textId="77777777" w:rsidR="00A5060C" w:rsidRDefault="003F4F21" w:rsidP="00A5060C">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:ind w:left="1152" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A5060C">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Florida Building Code (FBC)</w:t>
       </w:r>
@@ -1684,2866 +1770,2784 @@
     <w:p w14:paraId="4BD85267" w14:textId="77777777" w:rsidR="00325DBE" w:rsidRDefault="000A1449" w:rsidP="000A1449">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00325DBE">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Fire Resistance Directory, Current Edition.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD85268" w14:textId="77777777" w:rsidR="003B1641" w:rsidRPr="000A1449" w:rsidRDefault="00325DBE" w:rsidP="000A1449">
+    <w:p w14:paraId="4BD85268" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="00325DBE" w:rsidP="000A1449">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BB5D60">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Code Compliance Research Report - </w:t>
       </w:r>
       <w:r w:rsidR="000A1449">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>CCRR-1082</w:t>
       </w:r>
       <w:r w:rsidR="00007744">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>: Roofing Felt and Underlayment.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="616E51BA" w14:textId="77777777" w:rsidR="00513DF6" w:rsidRPr="005D3AEC" w:rsidRDefault="00513DF6" w:rsidP="00513DF6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="1728" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Code Compliance Research Report - CCRR-0537: Synthetic Underlayment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60424474" w14:textId="52FC2076" w:rsidR="00513DF6" w:rsidRDefault="00513DF6" w:rsidP="00513DF6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="200"/>
+        <w:ind w:left="1152" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>PRI Construction Materials Technologies, LLC (PRI).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D66EB15" w14:textId="2F2A44F2" w:rsidR="00513DF6" w:rsidRPr="00513DF6" w:rsidRDefault="00513DF6" w:rsidP="00513DF6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="1728" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Evaluation Reports (ERs) for asphalt shingles.</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="4BD85269" w14:textId="0C402C8F" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="00A719D0">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:ind w:left="1152" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Underwriters Laboratory (UL)</w:t>
       </w:r>
       <w:r w:rsidR="002A044C">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD8526A" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>UL 790 - Standard Test Methods for Fire Tests of Roof Coverings.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD8526B" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+    <w:p w14:paraId="11D03044" w14:textId="0E1F5A93" w:rsidR="00A719D0" w:rsidRPr="00FA2150" w:rsidRDefault="003B1641" w:rsidP="00FA2150">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>UL 2218 - Impact Resistance of Prepared Roof Covering Materials.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="57BEB7C6" w14:textId="5BA0A0C0" w:rsidR="00873F40" w:rsidRDefault="00C52D5B" w:rsidP="00873F40">
+        <w:t>UL 2218 - Impact Resistance of Prepared Roof Covering Materials</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA2150">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD8526C" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+      <w:pPr>
+        <w:pStyle w:val="ARCATArticle"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="200"/>
+        <w:ind w:left="576" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>SUBMITTALS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD8526D" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
-        <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:ind w:left="1152" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Paving, Roofing, and Industrial </w:t>
-[...32 lines deleted...]
-    <w:p w14:paraId="11D03044" w14:textId="48A8C986" w:rsidR="00A719D0" w:rsidRPr="00873F40" w:rsidRDefault="00873F40" w:rsidP="00873F40">
+        <w:tab/>
+        <w:t>Submit under provisions of Section 01 30 00 - Administrative Requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD8526E" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="200"/>
+        <w:ind w:left="1152" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Product Data: Manufacturer's data sheets on each product to be used, including:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD8526F" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>UL 2218 - Impact Resistance of Prepared Roof Covering Materials.</w:t>
-[...65 lines deleted...]
-    <w:p w14:paraId="4BD8526F" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+        <w:t>Preparation instructions and recommendations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85270" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Preparation instructions and recommendations.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4BD85270" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+        <w:t>Storage and handling requirements and recommendations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85271" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Storage and handling requirements and recommendations.</w:t>
-[...18 lines deleted...]
-        <w:tab/>
         <w:t>Installation methods.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD85272" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>** NOTE TO SPECIFIER ** Delete selection samples if colors have already been selected.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD85273" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
-[...759 lines deleted...]
-    <w:p w14:paraId="4BD8528E" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="00740551">
+    <w:p w14:paraId="4BD85273" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="00CD6153">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:keepNext/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:ind w:left="1152" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Mock-Up: Provide a mock-up for evaluation of surface preparation techniques and application workmanship.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4BD8528F" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+        <w:t>Samples for Selection: For the following products, of sizes indicated: For each product specified, two complete sets of color samples representing manufacturer's full range of available colors and patterns.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85274" w14:textId="77777777" w:rsidR="003B1641" w:rsidRPr="00DF7CE9" w:rsidRDefault="003B1641">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Finish areas designated b</w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="4BD85290" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+      </w:r>
+      <w:r w:rsidRPr="00DF7CE9">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Asphalt </w:t>
+      </w:r>
+      <w:r w:rsidR="00740551" w:rsidRPr="00DF7CE9">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF7CE9">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>hingles: Full size.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85275" w14:textId="77777777" w:rsidR="00E540F9" w:rsidRPr="00DF7CE9" w:rsidRDefault="003B1641" w:rsidP="00E540F9">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00DF7CE9">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Do not proceed with remaining work until workmanship, color, and sheen are approved b</w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="4BD85291" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+      </w:r>
+      <w:r w:rsidR="00E540F9" w:rsidRPr="00DF7CE9">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Asphalt Starter Shingles: Full size.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85276" w14:textId="77777777" w:rsidR="00674E2C" w:rsidRPr="00DF7CE9" w:rsidRDefault="00674E2C">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00DF7CE9">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Refinish mock-up area as required to produce acceptable work.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4BD85292" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+        <w:t>NEX Polymer Modified Fiberglass Hip and Ridge Shingles: Full size.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85277" w14:textId="77777777" w:rsidR="00F4317C" w:rsidRPr="00DF7CE9" w:rsidRDefault="003B1641" w:rsidP="00DF7CE9">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="1728" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7CE9">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Synthetic Underlayment: 12 inches (305 mm) square.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85278" w14:textId="77777777" w:rsidR="00F4317C" w:rsidRPr="00DF7CE9" w:rsidRDefault="00F4317C" w:rsidP="00F4317C">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="1728" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7CE9">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>NEX Polymer Modified Self-Adhering Fiberglass Reinforced Underlayment: 12 inches (305 mm) square.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85279" w14:textId="77777777" w:rsidR="003B1641" w:rsidRPr="00DF7CE9" w:rsidRDefault="00F4317C" w:rsidP="00F4317C">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="1728" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7CE9">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>NEX Polymer Modified Fiberglass Reinforced Underlayment: 12 inches (305 mm) square.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD8527A" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="1728" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF7CE9">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Nail</w:t>
+      </w:r>
+      <w:r w:rsidR="00F21107">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00740551">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Used for Fastening Shingles</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>: 5 of each nail type and size.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD8527B" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="1728" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Vented </w:t>
+      </w:r>
+      <w:r w:rsidR="000E32BE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nail </w:t>
+      </w:r>
+      <w:r w:rsidR="00740551">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="000E32BE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ase</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>: 12 inches (305 mm) square.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD8527C" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="200"/>
+        <w:ind w:left="1152" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Samples for Verification: For the following products, of sizes indicated: For each product specified, two samples representing actual product, color, and patterns.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD8527D" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="1728" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Asphalt </w:t>
+      </w:r>
+      <w:r w:rsidR="00740551">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>hingles: Full size.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD8527E" w14:textId="77777777" w:rsidR="00D16EA6" w:rsidRDefault="003B1641">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="1728" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D16EA6">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Asphalt Starter Shingles: Full size.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD8527F" w14:textId="77777777" w:rsidR="00A715DA" w:rsidRPr="002A41DD" w:rsidRDefault="003B1641" w:rsidP="00A715DA">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="1728" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A41DD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A715DA" w:rsidRPr="002A41DD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>NEX Polymer Modified Fiberglass Hip and Ridge Shingles: Full size.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85280" w14:textId="77777777" w:rsidR="00A715DA" w:rsidRPr="002A41DD" w:rsidRDefault="00A715DA" w:rsidP="002A41DD">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="1728" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A41DD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003B1641">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Synthetic Underlayment: 12 inches (305 mm) square.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85281" w14:textId="77777777" w:rsidR="00A715DA" w:rsidRPr="002A41DD" w:rsidRDefault="00A715DA" w:rsidP="00A715DA">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="1728" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A41DD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>NEX Polymer Modified Self-Adhering Fiberglass Reinforced Underlayment: 12 inches (305 mm) square.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85282" w14:textId="77777777" w:rsidR="003B1641" w:rsidRPr="002A41DD" w:rsidRDefault="00A715DA" w:rsidP="00A715DA">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="1728" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A41DD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>NEX Polymer Modified Fiberglass Reinforced Underlayment: 12 inches (305 mm) square.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85283" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="1728" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A41DD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Nail Used for Fastening Shingles: 5 of each nail type and size.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85284" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="1728" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Vented Nail</w:t>
+      </w:r>
+      <w:r w:rsidR="005069C3">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00740551">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ase: 12 inches (305 mm) square.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85285" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
       <w:pPr>
         <w:pStyle w:val="ARCATArticle"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:ind w:left="576" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>DELIVERY, STORAGE, AND HANDLING</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4BD85293" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+        <w:t>QUALIT</w:t>
+      </w:r>
+      <w:r w:rsidR="009C7535">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Y A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>SSURANCE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85286" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:ind w:left="1152" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Store products in manufacturer's unopened packaging until ready for installation.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4BD85294" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+        <w:t>Primary Roofing Materials Manufacturer Requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85287" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="1728" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Manufacturer specified asphalt shingles for a minimum of ten years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85288" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="00A715DA">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:keepNext/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="1728" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Manufacturer shall be an associate member in good standing of either the National Roofing Contractors Association (NRCA), Western States Roofing Contractors Association (WSRCA)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E61F52">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or the Midwest Roofing Contractors Association (MRCA).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85289" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:ind w:left="1152" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Store and dispose of solvent-based materials, and materials used with solvent-based materials, in accordance with requirements of local authorities having jurisdiction.</w:t>
-[...24 lines deleted...]
-    <w:p w14:paraId="4BD85296" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+        <w:t>Installer Qualifications: Approved by the manufacturer to install the specified products and provide the specified warranties.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD8528A" w14:textId="3374A8AA" w:rsidR="003B1641" w:rsidRDefault="003B1641">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:ind w:left="1152" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Maintain environmental conditions (temperature, humidity, and ventilation) within limits recommended by manufacturer for optimum results. Do not install products under environmental conditions outside manufacturer's absolute limits.</w:t>
-[...24 lines deleted...]
-    <w:p w14:paraId="4BD85298" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+        <w:t>Source Limitations: Obtain</w:t>
+      </w:r>
+      <w:r w:rsidR="00E61F52">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hip and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ridge shingles, starter, all underlayment products, insulation</w:t>
+      </w:r>
+      <w:r w:rsidR="00E61F52">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and vented nail</w:t>
+      </w:r>
+      <w:r w:rsidR="00E61F52">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>base from</w:t>
+      </w:r>
+      <w:r w:rsidR="00247C1F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> single source, from single manufacturer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD8528B" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:ind w:left="1152" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Pre-Construction Meeting:</w:t>
-[...162 lines deleted...]
-    <w:p w14:paraId="4BD852A1" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+        <w:t>Fire-Resistance Characteristics: Where indicated, provide asphalt shingles and related roofing materials identical to those of assemblies tested for fire resistance per test method below by UL or another testing and inspecting agenc</w:t>
+      </w:r>
+      <w:r w:rsidR="009C7535">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>y a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>cceptable to authorities having jurisdiction. Identify products with appropriate markings of applicable testing agency.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD8528C" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:ind w:left="1152" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Final Inspection: Following the completion of the </w:t>
-[...152 lines deleted...]
-    <w:p w14:paraId="4BD852A4" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+        <w:t>Exterior Fire-Test Exposure: Class A; ASTM</w:t>
+      </w:r>
+      <w:r w:rsidR="009D73C8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>E108 or UL 790, for application and roof slopes indicated.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD8528D" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>** NOTE TO SPECIFIER ** Delete warranty lengths not required.</w:t>
-[...351 lines deleted...]
-        </w:rPr>
         <w:t>** NOTE TO SPECIFIER ** Delete if not required.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD852B0" w14:textId="3C6F8CFC" w:rsidR="00F4737F" w:rsidRDefault="003B1641" w:rsidP="00F4737F">
-[...433 lines deleted...]
-    <w:p w14:paraId="4BD852B4" w14:textId="1BA7694E" w:rsidR="003B1641" w:rsidRPr="009E307B" w:rsidRDefault="000D2602" w:rsidP="0069641B">
+    <w:p w14:paraId="4BD8528E" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="00740551">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:keepNext/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:ind w:left="1152" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">No Dollar Limit (NDL) </w:t>
-[...19 lines deleted...]
-      <w:r w:rsidR="003B1641">
+        <w:tab/>
+        <w:t>Mock-Up: Provide a mock-up for evaluation of surface preparation techniques and application workmanship.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD8528F" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="1728" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Finish areas designated b</w:t>
+      </w:r>
+      <w:r w:rsidR="009C7535">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>y A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>rchitect.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85290" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="1728" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Do not proceed with remaining work until workmanship, color, and sheen are approved b</w:t>
+      </w:r>
+      <w:r w:rsidR="009C7535">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>y A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>rchitect.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85291" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="1728" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Refinish mock-up area as required to produce acceptable work.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85292" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="008E303B">
+      <w:pPr>
+        <w:pStyle w:val="ARCATArticle"/>
+        <w:keepNext/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="200"/>
+        <w:ind w:left="576" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">components of asphalt shingle roofing system that </w:t>
-[...134 lines deleted...]
-    <w:p w14:paraId="4BD852BC" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="00F4737F">
+        <w:tab/>
+        <w:t>DELIVERY, STORAGE, AND HANDLING</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85293" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:ind w:left="1152" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Upon project completion and acceptance by Owner, the Roofing Contractor shall promptly provide executed copies of the specified warranties.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4BD852BD" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="00F4737F">
+        <w:t>Store products in manufacturer's unopened packaging until ready for installation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85294" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:ind w:left="1152" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Furnish a list containing the names and contact telephone numbers of the Roofing Contractor's Service Manager, Superintendent, and Project Manager and the Roofing Contractor's current mailing address.</w:t>
+        <w:t>Store and dispose of solvent-based materials, and materials used with solvent-based materials, in accordance with requirements of local authorities having jurisdiction.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85295" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+      <w:pPr>
+        <w:pStyle w:val="ARCATArticle"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="200"/>
+        <w:ind w:left="576" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>PROJECT CONDITIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85296" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="200"/>
+        <w:ind w:left="1152" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Maintain environmental conditions (temperature, humidity, and ventilation) within limits recommended by manufacturer for optimum results. Do not install products under environmental conditions outside manufacturer's absolute limits.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85297" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="00E61F52">
+      <w:pPr>
+        <w:pStyle w:val="ARCATArticle"/>
+        <w:keepNext/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="200"/>
+        <w:ind w:left="576" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>PROJECT MEETINGS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85298" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="200"/>
+        <w:ind w:left="1152" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Pre-Construction Meeting:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85299" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="1728" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Prior to the start of the roofing project, the Owner will hold a job-site meeting and roof tour to review the scope of work.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD8529A" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="1728" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Authorized representatives of the Owner, the Roofing Contractor (Project Superintendent), the asphalt shingle manufacturer, other Subcontractors whose work complements, penetrates, or is mounted on the roof or will use the roof as a work platform, will be in attendance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD8529B" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="1728" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>The agenda for the meeting shall include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD8529C" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="2304" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>A review of the submittals.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD8529D" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="2304" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Distribution of approved submittals.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD8529E" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="2304" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>A walkover inspection of the roof.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD8529F" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="2304" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Establishment of a schedule for the work.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD852A0" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="2304" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Selection of staging and storage locations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD852A1" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="200"/>
+        <w:ind w:left="1152" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Final Inspection: Following the completion of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00E61F52">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ork, a </w:t>
+      </w:r>
+      <w:r w:rsidR="00E61F52">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">inal </w:t>
+      </w:r>
+      <w:r w:rsidR="00E61F52">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nspection shall be scheduled by Owner's Representative. Any uncompleted work shall be noted on a </w:t>
+      </w:r>
+      <w:r w:rsidR="00E61F52">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>punch list</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Final </w:t>
+      </w:r>
+      <w:r w:rsidR="00E61F52">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ayment shall be made onl</w:t>
+      </w:r>
+      <w:r w:rsidR="009C7535">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>y a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fter </w:t>
+      </w:r>
+      <w:r w:rsidR="00E61F52">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">punch list </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>is completed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD852A2" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+      <w:pPr>
+        <w:pStyle w:val="ARCATArticle"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="200"/>
+        <w:ind w:left="576" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>WARRANTY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD852A3" w14:textId="21AC78DD" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="200"/>
+        <w:ind w:left="1152" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Standard </w:t>
+      </w:r>
+      <w:r w:rsidR="000D2602">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Shingle </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Warranty: Shingles subjected to terms and conditions of the </w:t>
+      </w:r>
+      <w:r w:rsidR="005419D4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>tandard Manufacturer's Limited Warranty.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD852A4" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>** NOTE TO SPECIFIER ** Delete warranty lengths not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD852A7" w14:textId="7276C06F" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="1728" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C435AB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Manufacturing Defect </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Warranty Length: </w:t>
+      </w:r>
+      <w:r w:rsidR="00F4737F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>40</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD852A8" w14:textId="1D1CA33F" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="1728" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C435AB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Manufacturing Defect </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Warranty Length: 50 years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD852A9" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>** NOTE TO SPECIFIER ** Delete wind speeds not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD852AC" w14:textId="659B4D55" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="1728" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Limited Term Resistance to Wind: </w:t>
+      </w:r>
+      <w:r w:rsidR="00800290">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>0 mph (1</w:t>
+      </w:r>
+      <w:r w:rsidR="00800290">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>77</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kph)</w:t>
+      </w:r>
+      <w:r w:rsidR="005419D4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for 15 years</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD852AD" w14:textId="454EFB2E" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="1728" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Limited Term Resistance to Wind: 130 mph (209 kph)</w:t>
+      </w:r>
+      <w:r w:rsidR="005419D4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for 15 years</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD852AE" w14:textId="458039A4" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="1728" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Limited Term Resistance to Wind: 140 mph (225 kph)</w:t>
+      </w:r>
+      <w:r w:rsidR="005419D4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for 15 years</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD852AF" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>** NOTE TO SPECIFIER ** Delete if not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD852B0" w14:textId="3C6F8CFC" w:rsidR="00F4737F" w:rsidRDefault="003B1641" w:rsidP="00F4737F">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="1728" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Scotchgard </w:t>
+      </w:r>
+      <w:r w:rsidR="00F4737F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Protector</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005419D4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00C435AB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">imited </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">warranty shall include 3M Scotchgard </w:t>
+      </w:r>
+      <w:r w:rsidR="00381D37">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">algae resistance </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to discoloration from </w:t>
+      </w:r>
+      <w:r w:rsidR="00591C9C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>blue</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD44C1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00591C9C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">green </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">algae </w:t>
+      </w:r>
+      <w:r w:rsidR="005419D4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005419D4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Gloeocapsa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005419D4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005419D4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>spp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005419D4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">growth for </w:t>
+      </w:r>
+      <w:r w:rsidR="00737B64">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>a Limited Lifetime</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> period from the date of substantial completion.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F4737F" w:rsidRPr="00F4737F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD852B1" w14:textId="77777777" w:rsidR="00F4737F" w:rsidRDefault="00F4737F" w:rsidP="00F4737F">
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>** NOTE TO SPECIFIER ** Delete if not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD852B2" w14:textId="61CE75D8" w:rsidR="003B1641" w:rsidRDefault="00F4737F" w:rsidP="00F165BD">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="1728" w:hanging="558"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Algae Resistant System </w:t>
+      </w:r>
+      <w:r w:rsidR="00C435AB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Limited </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Warranty from Malarkey shall include </w:t>
+      </w:r>
+      <w:r w:rsidR="00381D37">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>algae resistance</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to discoloration from </w:t>
+      </w:r>
+      <w:r w:rsidR="0061138E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">blue-green </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>algae growth</w:t>
+      </w:r>
+      <w:r w:rsidR="005419D4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005419D4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Gloeocapsa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005419D4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005419D4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>spp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005419D4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>for a period of 10 years (</w:t>
+      </w:r>
+      <w:r w:rsidR="009E307B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Highlander AR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>) and 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D52A26">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> years (Vista AR) from the date of substantial completion.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD852B3" w14:textId="7B326CA1" w:rsidR="003B1641" w:rsidRDefault="003B1641">
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">** NOTE TO SPECIFIER ** Delete </w:t>
+      </w:r>
+      <w:r w:rsidR="000D2602">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">type of warranties </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>no</w:t>
+      </w:r>
+      <w:r w:rsidR="00C435AB">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>t required.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="253C2748" w14:textId="454FAE02" w:rsidR="0088746D" w:rsidRDefault="003B1641" w:rsidP="00366D13">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="200"/>
+        <w:ind w:left="1152" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EF0559">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Certified Residential</w:t>
+      </w:r>
+      <w:r w:rsidR="0088746D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Warranties: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56985A52" w14:textId="606D69EA" w:rsidR="00366D13" w:rsidRPr="00366D13" w:rsidRDefault="00366D13" w:rsidP="00366D13">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="1800" w:hanging="630"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0559">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Certified</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00366D13">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pro: </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD48CD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Malarkey shingles and at least three (3) Malarkey accessory products; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00366D13">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Limited Lifetime; Other Structures, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0559">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00366D13">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0559">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 45, and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00366D13">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>50 years</w:t>
+      </w:r>
+      <w:r w:rsidR="002307B1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>; Low Slope Coverage up to 10 squares max.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="389AA93E" w14:textId="13C1E46B" w:rsidR="00366D13" w:rsidRPr="00366D13" w:rsidRDefault="00366D13" w:rsidP="00366D13">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="1800" w:hanging="630"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0559">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Certified</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00366D13">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Premium: </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD48CD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Malarkey shingles and Malarkey accessory products</w:t>
+      </w:r>
+      <w:r w:rsidR="002307B1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> only</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD48CD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD48CD" w:rsidRPr="00366D13">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00366D13">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Limited Lifetime; Other Structures, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0559">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00366D13">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0559">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 45, and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00366D13">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>50 years</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD48CD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>; Workmanship Warranty 25 years</w:t>
+      </w:r>
+      <w:r w:rsidR="002307B1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>; Low Slope Coverage up to 10 squares max.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD852B4" w14:textId="5E785B32" w:rsidR="003B1641" w:rsidRPr="009E307B" w:rsidRDefault="005A6F5F" w:rsidP="0069641B">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:keepNext/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="200"/>
+        <w:ind w:left="1152" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Certified Commercial Warranty</w:t>
+      </w:r>
+      <w:r w:rsidR="003B1641">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="002307B1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Malarkey shingles and Malarkey accessory products only;</w:t>
+      </w:r>
+      <w:r w:rsidR="002307B1" w:rsidRPr="00366D13">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Limited Lifetime; Other Structures, </w:t>
+      </w:r>
+      <w:r w:rsidR="002307B1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="002307B1" w:rsidRPr="00366D13">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="002307B1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 45, and </w:t>
+      </w:r>
+      <w:r w:rsidR="002307B1" w:rsidRPr="00366D13">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>50 years</w:t>
+      </w:r>
+      <w:r w:rsidR="002307B1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>; Workmanship Warranty 25 years; Low Slope Coverage up to 10 squares max.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD852B5" w14:textId="77777777" w:rsidR="003B1641" w:rsidRPr="00150392" w:rsidRDefault="003B1641" w:rsidP="00647874">
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00150392">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>** NOTE TO SPECIFIER ** Delete warranty lengths not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD852BC" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="00F4737F">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="200"/>
+        <w:ind w:left="1152" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Upon project completion and acceptance by Owner, the Roofing Contractor shall promptly provide executed copies of the specified warranties.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD852BD" w14:textId="4E4B98FE" w:rsidR="003B1641" w:rsidRPr="00666615" w:rsidRDefault="003B1641" w:rsidP="00666615">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="200"/>
+        <w:ind w:left="1152" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Furnish a list containing the names</w:t>
+      </w:r>
+      <w:r w:rsidR="00666615">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> contact telephone numbers</w:t>
+      </w:r>
+      <w:r w:rsidR="00666615">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>, email and mailing addresses</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the Roofing Contractor</w:t>
+      </w:r>
+      <w:r w:rsidR="00666615">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>, Project Manager, Project General Contractor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00666615">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00666615">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Project Architect, and Building Owner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00666615">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD852BE" w14:textId="7762DC48" w:rsidR="003B1641" w:rsidRDefault="00265307" w:rsidP="00265307">
       <w:pPr>
         <w:pStyle w:val="ARCATPart"/>
         <w:spacing w:before="200"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">PART 2 </w:t>
       </w:r>
       <w:r w:rsidR="003B1641">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>PRODUCTS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD852BF" w14:textId="63C9F12D" w:rsidR="003B1641" w:rsidRDefault="00265307" w:rsidP="00265307">
       <w:pPr>
         <w:pStyle w:val="ARCATArticle"/>
         <w:spacing w:before="200"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>2.1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003B1641">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>MANUFACTURERS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD852C0" w14:textId="136C6FCF" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="0003145A">
+    <w:p w14:paraId="4BD852C0" w14:textId="014498A0" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="36"/>
+          <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:ind w:left="1170" w:hanging="630"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Acceptable Manufacturer: Malarkey Roofing Products, which is located at: 3131 N. Columbia Blvd. P.O. Box 17217; Portland, OR 97217; Toll Free Tel: 800-545-1191; Tel: 503-283-1191; Fax: 503-289-7644; Email: </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="00113F9F" w:rsidRPr="005E2624">
+        <w:r w:rsidR="000D7A33" w:rsidRPr="009A48B8">
           <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>request info (jkouba@malarkeyroofing.com)</w:t>
+          <w:t>request info (john.kouba@amrize.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005E2624">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">; Web: </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="00E547A4" w:rsidRPr="005E2624">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>WWW.MALARKEYROOFING.COM</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4BD852C1" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD852C2" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="0003145A">
+    <w:p w14:paraId="4BD852C2" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="36"/>
+          <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:ind w:left="1152" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Substitutions: Not permitted.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD852C3" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="0003145A">
+    <w:p w14:paraId="4BD852C3" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="36"/>
+          <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:ind w:left="1152" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Requests for substitutions will be considered in accordance with provisions of Section 01 60 00 - Product Requirements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD852C4" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
@@ -4556,159 +4560,159 @@
         <w:pStyle w:val="ARCATArticle"/>
         <w:spacing w:before="200"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>2.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003B1641">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>SHINGLES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD852C6" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="0003145A">
+    <w:p w14:paraId="4BD852C6" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="37"/>
+          <w:numId w:val="34"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>** NOTE TO SPECIFIER ** Delete if not required.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD852C7" w14:textId="2F9BABD4" w:rsidR="00013DAA" w:rsidRDefault="003B1641" w:rsidP="0003145A">
+    <w:p w14:paraId="4BD852C7" w14:textId="2F9BABD4" w:rsidR="00013DAA" w:rsidRDefault="003B1641" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:ind w:left="1170" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>High Profile Laminate Shingles:</w:t>
       </w:r>
       <w:r w:rsidR="00013DAA" w:rsidRPr="00013DAA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD852C8" w14:textId="77777777" w:rsidR="00013DAA" w:rsidRDefault="00013DAA" w:rsidP="00013DAA">
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>** NOTE TO SPECIFIER ** Delete shingle not required.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CF665BF" w14:textId="77777777" w:rsidR="00A70332" w:rsidRDefault="00013DAA" w:rsidP="00A70332">
+    <w:p w14:paraId="3CF665BF" w14:textId="77777777" w:rsidR="00A70332" w:rsidRDefault="00013DAA" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A70332">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Highlander (241) as manufactured by Malarkey Roofing Products.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53AA297A" w14:textId="77777777" w:rsidR="00A70332" w:rsidRDefault="00A70332" w:rsidP="00A70332">
+    <w:p w14:paraId="53AA297A" w14:textId="77777777" w:rsidR="00A70332" w:rsidRDefault="00A70332" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:ind w:left="2304" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Malarkey Highlander shingles hold a Class A Fire Rating.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42060609" w14:textId="77777777" w:rsidR="00A70332" w:rsidRDefault="00A70332" w:rsidP="00A70332">
+    <w:p w14:paraId="42060609" w14:textId="77777777" w:rsidR="00A70332" w:rsidRDefault="00A70332" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:ind w:left="2304" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>As manufactured, Highlander meets the requirements of:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C226381" w14:textId="77777777" w:rsidR="00A70332" w:rsidRDefault="00A70332" w:rsidP="00A70332">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="2880" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -4717,125 +4721,161 @@
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ASTM D7158 Class H, ASTM D3462, ASTM D3161 Class F, ASTM D3018 Type I, ASTM E108 Class A, UL 2218 Class 3 Impact Resistance, ICC-ES AC438, and CSA A123.5.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E503CB4" w14:textId="77777777" w:rsidR="00A70332" w:rsidRDefault="00A70332" w:rsidP="00A70332">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="2880" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ICC Approval: ESR-3150.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7735B482" w14:textId="77777777" w:rsidR="00A70332" w:rsidRDefault="00A70332" w:rsidP="00A70332">
+    <w:p w14:paraId="7735B482" w14:textId="4931E47B" w:rsidR="00A70332" w:rsidRDefault="00A70332" w:rsidP="00A70332">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="2880" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>FBC Approval: No. 36890.</w:t>
+        <w:t>FBC Approval</w:t>
+      </w:r>
+      <w:r w:rsidR="007E1381">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>: FL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>36890.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="625AC760" w14:textId="77777777" w:rsidR="00A70332" w:rsidRPr="00BB7C29" w:rsidRDefault="00A70332" w:rsidP="00A70332">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="2880" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Listed with Intertek/WHI.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F9F9A4C" w14:textId="77777777" w:rsidR="00A70332" w:rsidRDefault="00A70332" w:rsidP="00A70332">
+    <w:p w14:paraId="4F9F9A4C" w14:textId="77777777" w:rsidR="00A70332" w:rsidRDefault="00A70332" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:ind w:left="2304" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Performance:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38EF2915" w14:textId="77777777" w:rsidR="00A70332" w:rsidRDefault="00A70332" w:rsidP="00A70332">
+    <w:p w14:paraId="38EF2915" w14:textId="1B2C02D6" w:rsidR="00A70332" w:rsidRDefault="00A70332" w:rsidP="00A70332">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:left="2880" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Limited Material Warranty: 40 years.</w:t>
+        <w:t xml:space="preserve">Limited </w:t>
+      </w:r>
+      <w:r w:rsidR="007E1381">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Lifetime</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Warranty</w:t>
+      </w:r>
+      <w:r w:rsidR="007E1381">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>; Other Structures:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 40 years.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A07CB71" w14:textId="77777777" w:rsidR="00A70332" w:rsidRDefault="00A70332" w:rsidP="00A70332">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:left="2880" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Limited Wind Warranty: 15 years. 110 mph (177 kph).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28148C76" w14:textId="43E31CAC" w:rsidR="00A70332" w:rsidRDefault="00A70332" w:rsidP="00A70332">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
@@ -4863,67 +4903,73 @@
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>130 mph (209 kph).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1429CE39" w14:textId="77777777" w:rsidR="00A70332" w:rsidRDefault="00A70332" w:rsidP="00A70332">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:left="2880" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Right Start Period: 10 years.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22D91F6D" w14:textId="77777777" w:rsidR="00A70332" w:rsidRDefault="00A70332" w:rsidP="00A70332">
+    <w:p w14:paraId="22D91F6D" w14:textId="1A2CAD35" w:rsidR="00A70332" w:rsidRDefault="00A70332" w:rsidP="00A70332">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:left="2880" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0008535F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Highlander Golden Amber, Ivory Mist, Sienna Blend, and Silverwood are listed with CRRC and compliant with CEC Title 24, Part 6 Cool Roof Requirements.</w:t>
+        <w:t>Highlander Golden Amber, Ivory Mist, Sienna Blend, and Silverwood are listed with CRRC and compliant with CEC Title 24, Part 6</w:t>
+      </w:r>
+      <w:r w:rsidR="007E1381">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Los Angeles County, California Title 31 Cool Roof Requirements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E974D58" w14:textId="77777777" w:rsidR="00A70332" w:rsidRDefault="00A70332" w:rsidP="00A70332">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:left="2880" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0008535F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>NEX polymer mix includes recycled rubber and plastics.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D7F2461" w14:textId="77777777" w:rsidR="00A70332" w:rsidRDefault="00A70332" w:rsidP="00A70332">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
@@ -4970,273 +5016,314 @@
     <w:p w14:paraId="524DC34A" w14:textId="77777777" w:rsidR="00A70332" w:rsidRDefault="00A70332" w:rsidP="001D65D1">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:left="2880" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0008535F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>3M Smog-Reducing Granules.</w:t>
       </w:r>
       <w:r w:rsidRPr="00386397">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C49C660" w14:textId="77777777" w:rsidR="00A70332" w:rsidRPr="0008535F" w:rsidRDefault="00A70332" w:rsidP="00A70332">
+    <w:p w14:paraId="0C49C660" w14:textId="77777777" w:rsidR="00A70332" w:rsidRPr="0008535F" w:rsidRDefault="00A70332" w:rsidP="0058239A">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="16"/>
         </w:numPr>
-        <w:ind w:left="2880" w:hanging="630"/>
+        <w:spacing w:after="200"/>
+        <w:ind w:left="2880" w:hanging="634"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Enlarged nailing area of The Zone.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="054C1836" w14:textId="77777777" w:rsidR="00A70332" w:rsidRDefault="00A70332" w:rsidP="00A70332">
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>** NOTE TO SPECIFIER ** Delete shingle not required.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53498018" w14:textId="77777777" w:rsidR="00A70332" w:rsidRDefault="00A70332" w:rsidP="00A70332">
+    <w:p w14:paraId="53498018" w14:textId="77777777" w:rsidR="00A70332" w:rsidRDefault="00A70332" w:rsidP="00CD6153">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
+        <w:keepNext/>
+        <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Highlander AR (</w:t>
       </w:r>
       <w:r w:rsidRPr="00B23D8C">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>242</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>) as manufactured by Malarkey Roofing Products.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45C40690" w14:textId="77777777" w:rsidR="00A70332" w:rsidRDefault="00A70332" w:rsidP="00A70332">
+    <w:p w14:paraId="45C40690" w14:textId="77777777" w:rsidR="00A70332" w:rsidRDefault="00A70332" w:rsidP="00CD6153">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
+        <w:keepNext/>
+        <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:ind w:left="2304" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Malarkey Highlander AR shingles hold a Class A Fire Rating.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C3CA718" w14:textId="77777777" w:rsidR="00A70332" w:rsidRDefault="00A70332" w:rsidP="00567538">
+    <w:p w14:paraId="0C3CA718" w14:textId="77777777" w:rsidR="00A70332" w:rsidRDefault="00A70332" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:keepNext/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:ind w:left="2304" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>As manufactured, Highlander AR meets the requirements of:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DE302F6" w14:textId="77777777" w:rsidR="00A70332" w:rsidRDefault="00A70332" w:rsidP="00BE2B93">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:keepNext/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:ind w:left="2880" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ASTM D7158 Class H, ASTM D3462, ASTM D3161 Class F, ASTM D3018 Type I, ASTM E108 Class A, UL 2218 Class 3 Impact Resistance, ICC-ES AC438, and CSA A123.5.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58F55688" w14:textId="77777777" w:rsidR="00A70332" w:rsidRDefault="00A70332" w:rsidP="00A70332">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:ind w:left="2880" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ICC Approval: ESR-3150.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57057DF7" w14:textId="77777777" w:rsidR="00A70332" w:rsidRDefault="00A70332" w:rsidP="00A70332">
+    <w:p w14:paraId="57057DF7" w14:textId="0A636258" w:rsidR="00A70332" w:rsidRDefault="00A70332" w:rsidP="00A70332">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:ind w:left="2880" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>FBC Approval: No. 36890.</w:t>
+        <w:t xml:space="preserve">FBC Approval: </w:t>
+      </w:r>
+      <w:r w:rsidR="0058239A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>FL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>36890.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08BE4F6A" w14:textId="77777777" w:rsidR="00A70332" w:rsidRPr="004C3A7F" w:rsidRDefault="00A70332" w:rsidP="00A70332">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:ind w:left="2880" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Listed with Intertek/WHI.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07F95174" w14:textId="77777777" w:rsidR="00A70332" w:rsidRDefault="00A70332" w:rsidP="00A70332">
+    <w:p w14:paraId="07F95174" w14:textId="77777777" w:rsidR="00A70332" w:rsidRDefault="00A70332" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:ind w:left="2304" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Performance:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02B68E9C" w14:textId="77777777" w:rsidR="00A70332" w:rsidRDefault="00A70332" w:rsidP="00A70332">
+    <w:p w14:paraId="02B68E9C" w14:textId="2546BFDD" w:rsidR="00A70332" w:rsidRDefault="00A70332" w:rsidP="00A70332">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:ind w:left="2880" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Limited Material Warranty: 40 years.</w:t>
+        <w:t xml:space="preserve">Limited </w:t>
+      </w:r>
+      <w:r w:rsidR="0058239A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Lifetime</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Warranty</w:t>
+      </w:r>
+      <w:r w:rsidR="0058239A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>; Other Structures:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 40 years.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3089A461" w14:textId="77777777" w:rsidR="00A70332" w:rsidRDefault="00A70332" w:rsidP="00A70332">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:ind w:left="2880" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Limited Wind Warranty: 15 years.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D90671">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -5333,173 +5420,194 @@
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>SEBS polymer modified asphalt laminate adhesive.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EE60058" w14:textId="77777777" w:rsidR="00A70332" w:rsidRDefault="00A70332" w:rsidP="00A70332">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:ind w:left="2880" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C3A7F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>SEBS asphalt seal-down adhesive.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38A815B9" w14:textId="77777777" w:rsidR="00A70332" w:rsidRDefault="00A70332" w:rsidP="00A70332">
+    <w:p w14:paraId="121C6AF2" w14:textId="77777777" w:rsidR="00F165BD" w:rsidRDefault="00A70332" w:rsidP="00F165BD">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:ind w:left="2880" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00386397">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>3M Smog-Reducing Granules.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2356274F" w14:textId="77777777" w:rsidR="00A70332" w:rsidRDefault="00A70332" w:rsidP="001B0338">
+    <w:p w14:paraId="41555258" w14:textId="4BDA55DA" w:rsidR="006B6640" w:rsidRPr="00F165BD" w:rsidRDefault="00A70332" w:rsidP="00F165BD">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="18"/>
         </w:numPr>
+        <w:spacing w:after="200"/>
         <w:ind w:left="2880" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00386397">
+      <w:r w:rsidRPr="00F165BD">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Enlarged nailing area of The Zone.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B2ED804" w14:textId="77777777" w:rsidR="00A70332" w:rsidRPr="00386397" w:rsidRDefault="00A70332" w:rsidP="00A70332">
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="0144E425" w14:textId="77777777" w:rsidR="006B6640" w:rsidRDefault="006B6640" w:rsidP="006B6640">
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>** NOTE TO SPECIFIER ** Delete shingle not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65532F79" w14:textId="77777777" w:rsidR="006B6640" w:rsidRDefault="006B6640" w:rsidP="006B6640">
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>** NOTE TO SPECIFIER ** Delete shingle not required.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0F21F4E3" w14:textId="77777777" w:rsidR="00A70332" w:rsidRDefault="00A70332" w:rsidP="00A70332">
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>** NOTE TO SPECIFIER ** Delete shingle not required.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD852C9" w14:textId="24BC5D5E" w:rsidR="00013DAA" w:rsidRDefault="00A70332" w:rsidP="00A70332">
+    <w:p w14:paraId="4BD852C9" w14:textId="24BC5D5E" w:rsidR="00013DAA" w:rsidRDefault="00A70332" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00013DAA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Vista (2</w:t>
       </w:r>
       <w:r w:rsidR="00032979">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00013DAA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>1) as manufactured by Malarkey Roofing Products.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD852CA" w14:textId="77777777" w:rsidR="00013DAA" w:rsidRDefault="00013DAA" w:rsidP="0003145A">
+    <w:p w14:paraId="4BD852CA" w14:textId="77777777" w:rsidR="00013DAA" w:rsidRDefault="00013DAA" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:ind w:left="2304" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Malarkey Vista shingles hold a Class A Fire Rating.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD852CB" w14:textId="77777777" w:rsidR="00013DAA" w:rsidRDefault="00013DAA" w:rsidP="0003145A">
+    <w:p w14:paraId="4BD852CB" w14:textId="77777777" w:rsidR="00013DAA" w:rsidRDefault="00013DAA" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:ind w:left="2304" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>As manufactured, Vista meets the requirements of:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04D39035" w14:textId="77777777" w:rsidR="00E7542B" w:rsidRDefault="00013DAA" w:rsidP="0003145A">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="2880" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -5627,99 +5735,117 @@
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Listed with Intertek/WHI.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49CAB0CB" w14:textId="69A4FC7C" w:rsidR="00C62C6C" w:rsidRPr="00E7542B" w:rsidRDefault="00C62C6C" w:rsidP="0003145A">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="2880" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>PRI Validation Program.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD852D0" w14:textId="77777777" w:rsidR="00013DAA" w:rsidRDefault="00013DAA" w:rsidP="0003145A">
+    <w:p w14:paraId="4BD852D0" w14:textId="77777777" w:rsidR="00013DAA" w:rsidRDefault="00013DAA" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:ind w:left="2304" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Performance:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD852D1" w14:textId="77777777" w:rsidR="00A92C8F" w:rsidRDefault="00A92C8F" w:rsidP="00D11D61">
+    <w:p w14:paraId="4BD852D1" w14:textId="691D1E89" w:rsidR="00A92C8F" w:rsidRDefault="00A92C8F" w:rsidP="00D11D61">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="7"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="2880" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00013DAA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Limited Material Warranty</w:t>
+        <w:t xml:space="preserve">Limited </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB15C4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Lifetime</w:t>
+      </w:r>
+      <w:r w:rsidR="00013DAA">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Warranty</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB15C4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>; Other Structures:</w:t>
       </w:r>
       <w:r w:rsidR="00515E32">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>: 40 years.</w:t>
+        <w:t xml:space="preserve"> 40 years.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD852D2" w14:textId="06A946E5" w:rsidR="00A92C8F" w:rsidRDefault="00A92C8F" w:rsidP="00D11D61">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="7"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="2880" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00515E32" w:rsidRPr="00A92C8F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Limited Wind Warranty: 1</w:t>
@@ -5727,51 +5853,51 @@
       <w:r w:rsidR="001950AC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00515E32" w:rsidRPr="00A92C8F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> years. </w:t>
       </w:r>
       <w:r w:rsidR="00013DAA" w:rsidRPr="00A92C8F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>110 mph (177 kph)</w:t>
       </w:r>
       <w:r w:rsidR="00515E32" w:rsidRPr="00A92C8F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD852D3" w14:textId="6D29C8C0" w:rsidR="00A92C8F" w:rsidRDefault="00A92C8F" w:rsidP="00D11D61">
+    <w:p w14:paraId="0AB7B7CF" w14:textId="77777777" w:rsidR="00CA63D6" w:rsidRDefault="00A92C8F" w:rsidP="00CA63D6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="7"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="2880" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00013DAA" w:rsidRPr="00A92C8F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Enhanced Wind Warrant</w:t>
       </w:r>
       <w:r w:rsidR="009C7535">
         <w:rPr>
@@ -5782,115 +5908,128 @@
       <w:r w:rsidR="00013DAA" w:rsidRPr="00A92C8F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>vailable</w:t>
       </w:r>
       <w:r w:rsidR="00515E32" w:rsidRPr="00A92C8F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="000C475A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">15 years. </w:t>
       </w:r>
       <w:r w:rsidR="00515E32" w:rsidRPr="00A92C8F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>130 mph (209 kph).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD852D5" w14:textId="6177922A" w:rsidR="00013DAA" w:rsidRDefault="00A92C8F" w:rsidP="00D11D61">
+    <w:p w14:paraId="3D16BF4C" w14:textId="77777777" w:rsidR="00CA63D6" w:rsidRDefault="00CA63D6" w:rsidP="00CA63D6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="7"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="2880" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:tab/>
-[...19 lines deleted...]
-      <w:r w:rsidR="001950AC">
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA63D6">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Right Start Period: 1</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="00515E32" w:rsidRPr="00A92C8F">
+      <w:r w:rsidRPr="00CA63D6">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> years.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45145834" w14:textId="6A145912" w:rsidR="00F47EF8" w:rsidRDefault="00F47EF8" w:rsidP="00D11D61">
+    <w:p w14:paraId="4BD852D5" w14:textId="74F73CCE" w:rsidR="00013DAA" w:rsidRPr="00CA63D6" w:rsidRDefault="00CA63D6" w:rsidP="00CA63D6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="7"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="2880" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA63D6">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Vista Sienna Blend and Silverwood are listed with CRRC and compliant with CEC Title 24, Part 6 and Los Angeles County, California Title 31 Cool Roof Requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45145834" w14:textId="6A145912" w:rsidR="00F47EF8" w:rsidRDefault="00F47EF8" w:rsidP="00D11D61">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="7"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:tab/>
         <w:t>NEX polymer mix includes recycled rubber and plastics.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F47EF8">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29AA00DA" w14:textId="0338B560" w:rsidR="00F47EF8" w:rsidRDefault="00F47EF8" w:rsidP="00D11D61">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="7"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="2880" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -5923,194 +6062,202 @@
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="7"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="2880" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>3M Smog-Reducing Granules.</w:t>
       </w:r>
       <w:r w:rsidR="00386397" w:rsidRPr="00386397">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78428C1F" w14:textId="08B9BE0E" w:rsidR="00CD0BF1" w:rsidRPr="00730C87" w:rsidRDefault="00386397" w:rsidP="00663B4C">
+    <w:p w14:paraId="78428C1F" w14:textId="08B9BE0E" w:rsidR="00CD0BF1" w:rsidRDefault="00386397" w:rsidP="00F165BD">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="7"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:ind w:left="2880" w:hanging="576"/>
+        <w:ind w:left="2880" w:hanging="630"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Enlarged nailing area of The Zone.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD852D6" w14:textId="77777777" w:rsidR="00013DAA" w:rsidRDefault="00013DAA" w:rsidP="0003145A">
+    <w:p w14:paraId="75C685FA" w14:textId="77777777" w:rsidR="006536B3" w:rsidRPr="00730C87" w:rsidRDefault="006536B3" w:rsidP="006536B3">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BD852D6" w14:textId="77777777" w:rsidR="00013DAA" w:rsidRDefault="00013DAA" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00565750">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Vista</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> AR (2</w:t>
       </w:r>
       <w:r w:rsidR="00032979">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00565750">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>) as manufactured by Malarkey Roofing Products.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD852D7" w14:textId="77777777" w:rsidR="00013DAA" w:rsidRDefault="00013DAA" w:rsidP="0003145A">
+    <w:p w14:paraId="4BD852D7" w14:textId="77777777" w:rsidR="00013DAA" w:rsidRDefault="00013DAA" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:ind w:left="2304" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Malarkey </w:t>
       </w:r>
       <w:r w:rsidR="00565750">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Vista</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> AR shingles hold a Class A Fire Rating.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD852D8" w14:textId="77777777" w:rsidR="00013DAA" w:rsidRDefault="00A92C8F" w:rsidP="0003145A">
+    <w:p w14:paraId="4BD852D8" w14:textId="77777777" w:rsidR="00013DAA" w:rsidRDefault="00A92C8F" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:ind w:left="2304" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00013DAA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">As manufactured, </w:t>
       </w:r>
       <w:r w:rsidR="00565750">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Vista AR</w:t>
       </w:r>
       <w:r w:rsidR="00013DAA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> meets the requirements of:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD852D9" w14:textId="1DFC039E" w:rsidR="002E691E" w:rsidRDefault="00013DAA" w:rsidP="0003145A">
+    <w:p w14:paraId="4BD852D9" w14:textId="1DFC039E" w:rsidR="002E691E" w:rsidRDefault="00013DAA" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:ind w:left="2880" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ASTM D7158 Class H, ASTM D3462, ASTM D3161 Class F, ASTM D3018 Type I, ASTM E108 Class A, </w:t>
       </w:r>
       <w:r w:rsidR="00565750">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">UL 2218 Class </w:t>
       </w:r>
       <w:r w:rsidR="001950AC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="000175F3">
@@ -6122,183 +6269,212 @@
       <w:r w:rsidR="00565750">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00CC2710">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ICC-ES AC438, </w:t>
       </w:r>
       <w:r w:rsidR="000439D4">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>CSA A123.5.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="780A45B8" w14:textId="12F5D4EE" w:rsidR="00456BC7" w:rsidRDefault="00456BC7" w:rsidP="0003145A">
+    <w:p w14:paraId="780A45B8" w14:textId="12F5D4EE" w:rsidR="00456BC7" w:rsidRDefault="00456BC7" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:ind w:left="2880" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ICC Approval: ESR-3150.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD852DA" w14:textId="77777777" w:rsidR="002E691E" w:rsidRDefault="000439D4" w:rsidP="0003145A">
+    <w:p w14:paraId="4BD852DA" w14:textId="77777777" w:rsidR="002E691E" w:rsidRDefault="000439D4" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:ind w:left="2880" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E691E">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>FBC Approval</w:t>
       </w:r>
       <w:r w:rsidR="00D90671">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: No. </w:t>
       </w:r>
       <w:r w:rsidRPr="002E691E">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>14809</w:t>
       </w:r>
       <w:r w:rsidR="002E691E">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD852DC" w14:textId="1BBFF29B" w:rsidR="007E11EE" w:rsidRDefault="00AC1DF0" w:rsidP="0003145A">
+    <w:p w14:paraId="4BD852DC" w14:textId="1BBFF29B" w:rsidR="007E11EE" w:rsidRDefault="00AC1DF0" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:ind w:left="2880" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E691E">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Listed with Intertek/WHI.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45F00841" w14:textId="101EACAF" w:rsidR="007C1EBE" w:rsidRPr="00BB7C29" w:rsidRDefault="007C1EBE" w:rsidP="0003145A">
+    <w:p w14:paraId="45F00841" w14:textId="101EACAF" w:rsidR="007C1EBE" w:rsidRPr="00BB7C29" w:rsidRDefault="007C1EBE" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:ind w:left="2880" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>PRI Validation Program.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD852DD" w14:textId="77777777" w:rsidR="00013DAA" w:rsidRDefault="00013DAA" w:rsidP="008457E9">
+    <w:p w14:paraId="4BD852DD" w14:textId="77777777" w:rsidR="00013DAA" w:rsidRDefault="00013DAA" w:rsidP="00CD6153">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:keepNext/>
+        <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:ind w:left="2304" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>Performance:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD852DE" w14:textId="77777777" w:rsidR="00A75606" w:rsidRDefault="00A75606" w:rsidP="00D11D61">
+    <w:p w14:paraId="4BD852DE" w14:textId="7F2DB755" w:rsidR="00A75606" w:rsidRDefault="00A75606" w:rsidP="00CD6153">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="2880" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Limited Material Warranty: 40 years.</w:t>
+        <w:t xml:space="preserve">Limited </w:t>
+      </w:r>
+      <w:r w:rsidR="007D72B4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Lifetime</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Warranty</w:t>
+      </w:r>
+      <w:r w:rsidR="007D72B4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>; Other Structures:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 40 years.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD852DF" w14:textId="0D531766" w:rsidR="00013DAA" w:rsidRDefault="00A75606" w:rsidP="00D11D61">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="2880" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Limited Wind Warranty: 1</w:t>
       </w:r>
       <w:r w:rsidR="00F6091F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>5</w:t>
@@ -6477,172 +6653,178 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00730C87">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>SEBS polymer modified asphalt laminate adhesive.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D55CB33" w14:textId="77777777" w:rsidR="0049569B" w:rsidRDefault="00730C87" w:rsidP="0049569B">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="2880" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00730C87">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>SEBS asphalt seal-down adhesive.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31C05E09" w14:textId="4C088151" w:rsidR="00386397" w:rsidRPr="0049569B" w:rsidRDefault="00730C87" w:rsidP="0049569B">
+    <w:p w14:paraId="1E139DF1" w14:textId="77777777" w:rsidR="00125686" w:rsidRDefault="00730C87" w:rsidP="00125686">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="2880" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0049569B">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>3M Smog-Reducing Granules.</w:t>
       </w:r>
-      <w:r w:rsidR="00386397" w:rsidRPr="0049569B">
-[...6 lines deleted...]
-    <w:p w14:paraId="4BD852E3" w14:textId="3BE45224" w:rsidR="001E7E56" w:rsidRPr="00730C87" w:rsidRDefault="00386397" w:rsidP="0003145A">
+    </w:p>
+    <w:p w14:paraId="1952494E" w14:textId="7D94961D" w:rsidR="00CA63D6" w:rsidRPr="00BF5221" w:rsidRDefault="00386397" w:rsidP="00BF5221">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
-          <w:ilvl w:val="7"/>
-          <w:numId w:val="30"/>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="2880" w:hanging="630"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidRPr="00125686">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t>Enlarged nailing area of The Zone.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="04D2E8E4" w14:textId="77777777" w:rsidR="00CA63D6" w:rsidRDefault="00CA63D6" w:rsidP="00CA63D6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>** NOTE TO SPECIFIER ** Delete shingle not required.</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="4BD852E4" w14:textId="77777777" w:rsidR="005C4D49" w:rsidRDefault="005C4D49" w:rsidP="005C4D49">
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>** NOTE TO SPECIFIER ** Delete shingle not required.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD852E5" w14:textId="73A95176" w:rsidR="00A70332" w:rsidRDefault="00A70332" w:rsidP="00A70332">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BD85311" w14:textId="69569BC3" w:rsidR="003B1641" w:rsidRDefault="00B05731" w:rsidP="00A70332">
+    <w:p w14:paraId="4BD85311" w14:textId="69569BC3" w:rsidR="003B1641" w:rsidRDefault="00B05731" w:rsidP="00BF5221">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="47"/>
+          <w:numId w:val="54"/>
         </w:numPr>
         <w:ind w:left="1710" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Legacy</w:t>
       </w:r>
       <w:r w:rsidR="003B1641">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (272) as manufactured by Malarkey Roofing Products.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24393E9D" w14:textId="77777777" w:rsidR="00D808DB" w:rsidRDefault="003B1641" w:rsidP="00D808DB">
+    <w:p w14:paraId="24393E9D" w14:textId="77777777" w:rsidR="00D808DB" w:rsidRDefault="003B1641" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="49"/>
+          <w:numId w:val="40"/>
         </w:numPr>
         <w:ind w:left="2340" w:hanging="630"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Malarkey Legacy shingles hold a Class A Fire Rating.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD85313" w14:textId="272C12C4" w:rsidR="003B1641" w:rsidRPr="00D808DB" w:rsidRDefault="00D808DB" w:rsidP="00D808DB">
+    <w:p w14:paraId="4BD85313" w14:textId="272C12C4" w:rsidR="003B1641" w:rsidRPr="00D808DB" w:rsidRDefault="00D808DB" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="49"/>
+          <w:numId w:val="40"/>
         </w:numPr>
         <w:ind w:left="2340" w:hanging="630"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r w:rsidR="003B1641" w:rsidRPr="00D808DB">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>As manufactured, Legacy meets the requirements of:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A9641BC" w14:textId="77777777" w:rsidR="00153F29" w:rsidRDefault="00B60B1C" w:rsidP="0003145A">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="20"/>
@@ -6785,93 +6967,117 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>14809.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD85318" w14:textId="39EF66BF" w:rsidR="0066243F" w:rsidRPr="00153F29" w:rsidRDefault="00AC1DF0" w:rsidP="0003145A">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="2880" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00153F29">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Listed with UL and Intertek/WHI.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD85319" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="0088093E">
+    <w:p w14:paraId="4BD85319" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="48"/>
+          <w:numId w:val="39"/>
         </w:numPr>
         <w:ind w:left="2340" w:hanging="630"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Performance:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64FB8CB8" w14:textId="77777777" w:rsidR="0014422D" w:rsidRDefault="003B1641" w:rsidP="0003145A">
+    <w:p w14:paraId="64FB8CB8" w14:textId="4A49358A" w:rsidR="0014422D" w:rsidRDefault="003B1641" w:rsidP="0003145A">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:ind w:left="2880" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Limited Material Warranty</w:t>
+        <w:t xml:space="preserve">Limited </w:t>
+      </w:r>
+      <w:r w:rsidR="003F0A56">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Lifetime</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Warranty</w:t>
+      </w:r>
+      <w:r w:rsidR="003F0A56">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="004E452B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Other Structures:</w:t>
       </w:r>
       <w:r w:rsidR="00DB0B3B">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>: 50 years.</w:t>
+        <w:t xml:space="preserve"> 50 years.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7878B10E" w14:textId="77777777" w:rsidR="0014422D" w:rsidRDefault="003B1641" w:rsidP="0003145A">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:ind w:left="2880" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0014422D">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Limited Wind Warrant</w:t>
       </w:r>
       <w:r w:rsidR="003C6B74" w:rsidRPr="0014422D">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>y:</w:t>
@@ -7047,3119 +7253,3739 @@
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>SEBS asphalt seal-down adhesive.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32D507FD" w14:textId="77777777" w:rsidR="0014422D" w:rsidRDefault="00CD39C8" w:rsidP="0003145A">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:ind w:left="2880" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0014422D">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>3M Smog-Reducing Granules.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CA5446C" w14:textId="290EAB79" w:rsidR="00386397" w:rsidRPr="0014422D" w:rsidRDefault="00386397" w:rsidP="0049569B">
+    <w:p w14:paraId="5CA5446C" w14:textId="290EAB79" w:rsidR="00386397" w:rsidRPr="0014422D" w:rsidRDefault="00386397" w:rsidP="003F0A56">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="22"/>
         </w:numPr>
+        <w:spacing w:after="200"/>
         <w:ind w:left="2880" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0014422D">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Enlarged nailing area of The Zone.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD85320" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="00707D7B">
+    <w:p w14:paraId="4BD85320" w14:textId="622E4445" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="48"/>
         </w:numPr>
-        <w:ind w:left="1728" w:hanging="576"/>
+        <w:ind w:left="1710" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Legacy Scotchgard (273) as manufactured by Malarkey Roofing Products.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4BD85321" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="00EF25D5">
+        <w:t>Legacy Scotchgard</w:t>
+      </w:r>
+      <w:r w:rsidR="0000684F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Protector</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (273) as manufactured by Malarkey Roofing Products.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85321" w14:textId="4032CA38" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="007560F6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:ind w:left="2250" w:hanging="540"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Malarkey Legacy Scotchgard </w:t>
+      </w:r>
+      <w:r w:rsidR="000F2F0B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Protector </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>shingles hold a Class A Fire Rating.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85322" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="007560F6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:ind w:left="2304" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>As manufactured, Legacy meets the requirements of:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85323" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="006911A6" w:rsidP="0003145A">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASTM D7158 Class H, ASTM D3462, ASTM D3161 Class F, ASTM D3018 Type I, ASTM E108 Class A, UL 2218 Class 4 Impact Resistance, </w:t>
+      </w:r>
+      <w:r w:rsidR="00906DFE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ICC-ES AC438, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>and CSA A123.5.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85324" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="0003145A">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ICC Approva</w:t>
+      </w:r>
+      <w:r w:rsidR="00463718">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>l: E</w:t>
+      </w:r>
+      <w:r w:rsidR="00D90671">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>SR-3150</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85325" w14:textId="77777777" w:rsidR="00AC1DF0" w:rsidRDefault="003B1641" w:rsidP="0003145A">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>FBC Approva</w:t>
+      </w:r>
+      <w:r w:rsidR="00D90671">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">l: No. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>14809.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC1DF0" w:rsidRPr="00AC1DF0">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85327" w14:textId="22863F59" w:rsidR="0066243F" w:rsidRPr="00523C06" w:rsidRDefault="00AC1DF0" w:rsidP="0003145A">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Listed with UL and Intertek/WHI.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85328" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="007560F6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:ind w:left="2304" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Performance:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ABAC13D" w14:textId="3683EE54" w:rsidR="0052459D" w:rsidRDefault="0052459D" w:rsidP="007560F6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Limited </w:t>
+      </w:r>
+      <w:r w:rsidR="0000684F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Lifetime</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Warranty</w:t>
+      </w:r>
+      <w:r w:rsidR="0000684F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>; Other Structures:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 50 years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD8532A" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="007560F6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Limited Wind Warrant</w:t>
+      </w:r>
+      <w:r w:rsidR="003C6B74">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>y:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15 years.</w:t>
+      </w:r>
+      <w:r w:rsidR="0031425C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 110 mph (177 kph).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD8532B" w14:textId="7724664B" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="007560F6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Enhanced Wind Warrant</w:t>
+      </w:r>
+      <w:r w:rsidR="009C7535">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>y A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>vailable</w:t>
+      </w:r>
+      <w:r w:rsidR="0031425C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="003C2D7C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15 years.</w:t>
+      </w:r>
+      <w:r w:rsidR="0031425C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 130 mph (209 kph).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD8532C" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="00906DFE" w:rsidP="007560F6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Limited Lifetime</w:t>
+      </w:r>
+      <w:r w:rsidR="003B1641">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Scotchgard </w:t>
+      </w:r>
+      <w:r w:rsidR="006911A6">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Protector</w:t>
+      </w:r>
+      <w:r w:rsidR="003B1641">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Warranty.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45BC7C5E" w14:textId="76CFD7FE" w:rsidR="000A6FF5" w:rsidRDefault="003B1641" w:rsidP="007560F6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A6FF5">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Right Start </w:t>
+      </w:r>
+      <w:r w:rsidR="006911A6" w:rsidRPr="000A6FF5">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Period</w:t>
+      </w:r>
+      <w:r w:rsidR="0031425C" w:rsidRPr="000A6FF5">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00382865">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="0031425C" w:rsidRPr="000A6FF5">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> years</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A6FF5">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69062FAD" w14:textId="77777777" w:rsidR="000A6FF5" w:rsidRDefault="000A6FF5" w:rsidP="007560F6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A6FF5">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>NEX polymer mix includes recycled rubber and plastics.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B4E68D9" w14:textId="77777777" w:rsidR="000A6FF5" w:rsidRDefault="000A6FF5" w:rsidP="007560F6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A6FF5">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>SEBS polymer modified asphalt laminate adhesive.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25C67A13" w14:textId="5475EE93" w:rsidR="000A6FF5" w:rsidRPr="000A6FF5" w:rsidRDefault="000A6FF5" w:rsidP="007560F6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A6FF5">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>SEBS asphalt seal-down adhesive.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD8532E" w14:textId="75B81313" w:rsidR="003B1641" w:rsidRDefault="000A6FF5" w:rsidP="007560F6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0008535F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>3M Smog-Reducing Granules.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31C0C6DA" w14:textId="357F34AA" w:rsidR="00D0017E" w:rsidRDefault="00D0017E" w:rsidP="007560F6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="630"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Enlarged nailing area of The Zone.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD8533D" w14:textId="2AA429AD" w:rsidR="00D42CE0" w:rsidRDefault="003B1641" w:rsidP="00D42CE0">
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>** NOTE TO SPECIFIER ** Delete if not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD8533E" w14:textId="77777777" w:rsidR="00D42CE0" w:rsidRDefault="00D42CE0" w:rsidP="00CD6153">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200"/>
+        <w:ind w:left="1152" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00552F69">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Designer </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Heavyweight Shingles:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD8533F" w14:textId="77777777" w:rsidR="00D42CE0" w:rsidRDefault="00D42CE0" w:rsidP="00CD6153">
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:widowControl/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>** NOTE TO SPECIFIER ** Delete if not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85340" w14:textId="6872DF4F" w:rsidR="003B1641" w:rsidRDefault="00D42CE0" w:rsidP="00CD6153">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:ind w:left="1710" w:hanging="540"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003B1641">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Windsor Scotchgard</w:t>
+      </w:r>
+      <w:r w:rsidR="000F2F0B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Protector</w:t>
+      </w:r>
+      <w:r w:rsidR="003B1641">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (285) as manufactured by Malarkey Roofing Products.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85341" w14:textId="552009AB" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="00CD6153">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:ind w:left="2304" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Malarkey Windsor Scotchgard </w:t>
+      </w:r>
+      <w:r w:rsidR="000F2F0B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Protector </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>shingles hold a Class A Fire Rating.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85342" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="007560F6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:ind w:left="2304" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>As manufactured, Windsor meets the requirements of:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85343" w14:textId="3EE243A7" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="0003145A">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D42CE0">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ASTM D7158 Class H, ASTM D3462, ASTM D3161 Class F, ASTM D3018 Type I, ASTM E108 Class A, UL 2218 Class 4 Impact Resistance</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB574B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>, ICC-ES AC438,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D42CE0">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and CSA A123.5.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85344" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="0003145A">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ICC Approva</w:t>
+      </w:r>
+      <w:r w:rsidR="00463718">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>l: E</w:t>
+      </w:r>
+      <w:r w:rsidR="00D90671">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>SR-3150</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF19BD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85345" w14:textId="77777777" w:rsidR="00BF19BD" w:rsidRDefault="00D42CE0" w:rsidP="0003145A">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>FBC Approva</w:t>
+      </w:r>
+      <w:r w:rsidR="00D90671">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">l: No. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>14809</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF19BD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85347" w14:textId="410163D3" w:rsidR="00807964" w:rsidRPr="007825AA" w:rsidRDefault="00BF19BD" w:rsidP="0003145A">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Listed with UL and Intertek/WHI.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85348" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="007560F6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:ind w:left="2304" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Performance:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85349" w14:textId="0DA265DE" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="0003145A">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Limited </w:t>
+      </w:r>
+      <w:r w:rsidR="000F2F0B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Lifetime</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Warranty</w:t>
+      </w:r>
+      <w:r w:rsidR="000F2F0B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>; Other Structures:</w:t>
+      </w:r>
+      <w:r w:rsidR="003310F8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 50 years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD8534A" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="0003145A">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Limited Wind Warrant</w:t>
+      </w:r>
+      <w:r w:rsidR="003C6B74">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>y:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15 years.</w:t>
+      </w:r>
+      <w:r w:rsidR="003310F8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 110 mph (177 kph).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD8534B" w14:textId="6262BB5E" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="0003145A">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Enhanced Wind Warrant</w:t>
+      </w:r>
+      <w:r w:rsidR="009C7535">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>y A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>vailable</w:t>
+      </w:r>
+      <w:r w:rsidR="003310F8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00E101F1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15 years.</w:t>
+      </w:r>
+      <w:r w:rsidR="003310F8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 140 mph (225 kph).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD8534C" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="00E646AF" w:rsidP="0003145A">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Limited Lifetime</w:t>
+      </w:r>
+      <w:r w:rsidR="003B1641">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Scotchgard </w:t>
+      </w:r>
+      <w:r w:rsidR="003A2B84">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Protector</w:t>
+      </w:r>
+      <w:r w:rsidR="003B1641">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Warranty.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B1DD909" w14:textId="5284A548" w:rsidR="007825AA" w:rsidRDefault="003B1641" w:rsidP="0003145A">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007825AA">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Right Start </w:t>
+      </w:r>
+      <w:r w:rsidR="00381D37" w:rsidRPr="007825AA">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Period</w:t>
+      </w:r>
+      <w:r w:rsidR="003310F8" w:rsidRPr="007825AA">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB574B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="003310F8" w:rsidRPr="007825AA">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="474D3843" w14:textId="23938774" w:rsidR="007825AA" w:rsidRPr="0037176F" w:rsidRDefault="007825AA" w:rsidP="0003145A">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007825AA">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>NEX polymer mix includes recycled rubber and plastics.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CEC95F0" w14:textId="7E4C11A1" w:rsidR="007825AA" w:rsidRPr="007825AA" w:rsidRDefault="007825AA" w:rsidP="000F03DE">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:keepNext/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007825AA">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>SEBS asphalt seal-down adhesive.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD8534E" w14:textId="7B40EE34" w:rsidR="00D870A9" w:rsidRDefault="007825AA" w:rsidP="0003145A">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0008535F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>3M Smog-Reducing Granules.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD8535D" w14:textId="5DF80111" w:rsidR="003B1641" w:rsidRDefault="00D870A9" w:rsidP="00EF25D5">
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:ind w:left="1170" w:hanging="540"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>** NOTE TO SPECIFIER ** Delete if not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD8538B" w14:textId="24516220" w:rsidR="00F7366F" w:rsidRPr="00FC0F05" w:rsidRDefault="003B1641" w:rsidP="007560F6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:spacing w:before="200"/>
+        <w:ind w:left="1152" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Solar Reflective Asphalt Shingles:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4933C5BE" w14:textId="77777777" w:rsidR="002D732E" w:rsidRDefault="002D732E" w:rsidP="007560F6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>** NOTE TO SPECIFIER ** Delete shingle not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6235EC1A" w14:textId="123B6D65" w:rsidR="002D732E" w:rsidRDefault="002D732E" w:rsidP="007560F6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:ind w:left="1710" w:hanging="540"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Highlander Cool (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B23D8C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>5) as manufactured by Malarkey Roofing Products.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="711A4EF9" w14:textId="77777777" w:rsidR="002D732E" w:rsidRDefault="002D732E" w:rsidP="007560F6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:ind w:left="2304" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Malarkey Highlander Cool shingles hold a Class A Fire Rating.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70831E5D" w14:textId="6E2458B9" w:rsidR="002D732E" w:rsidRDefault="002D732E" w:rsidP="007560F6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:ind w:left="2304" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D732E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>As manufactured, Highlander Cool meets the requirements of:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75D2D468" w14:textId="77777777" w:rsidR="002D732E" w:rsidRDefault="002D732E" w:rsidP="007560F6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="49"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="540"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ASTM D7158 Class H, ASTM D3462, ASTM D3161 Class F, ASTM D3018 Type I, ASTM E108 Class A, UL 2218 Class 3 Impact Resistance, ICC-ES AC438, and CSA A123.5.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="342B89A6" w14:textId="77777777" w:rsidR="002D732E" w:rsidRDefault="002D732E" w:rsidP="007560F6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="49"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="540"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A81549">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ICC Approval: ESR-3150.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="054C867E" w14:textId="77777777" w:rsidR="002D732E" w:rsidRPr="00A81549" w:rsidRDefault="002D732E" w:rsidP="007560F6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="49"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="540"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A81549">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Listed with Intertek/WHI.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63D03370" w14:textId="77777777" w:rsidR="002D732E" w:rsidRDefault="002D732E" w:rsidP="000F03DE">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="50"/>
         </w:numPr>
         <w:ind w:left="2250" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Malarkey Legacy Scotchgard shingles hold a Class A Fire Rating.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4BD85322" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="00EF25D5">
+        <w:t>Performance:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45523B36" w14:textId="77777777" w:rsidR="002D732E" w:rsidRDefault="002D732E" w:rsidP="007560F6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="51"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="540"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Limited Lifetime Warranty; Other Structures: 40 years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EB65331" w14:textId="77777777" w:rsidR="002D732E" w:rsidRDefault="002D732E" w:rsidP="007560F6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="51"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="540"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA7A53">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Limited Wind Warranty: 15 years. 110 mph (177 kph).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33A27111" w14:textId="77777777" w:rsidR="002D732E" w:rsidRDefault="002D732E" w:rsidP="007560F6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="51"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="540"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA7A53">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Enhanced Wind Warranty: 15 years. 130 mph (209 kph).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79D87329" w14:textId="77777777" w:rsidR="002D732E" w:rsidRDefault="002D732E" w:rsidP="007560F6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="51"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="540"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00081B59">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Right Start Period: 10 years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FC6F1DD" w14:textId="77777777" w:rsidR="002D732E" w:rsidRPr="00081B59" w:rsidRDefault="002D732E" w:rsidP="007560F6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="51"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="540"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00081B59">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Highlander </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Cool Burlwood, Moonlit Black, Riverstone Grey, and Willow Wood</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00081B59">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are listed with CRRC and compliant with CEC Title 24, Part 6 and Los Angeles County, California Title 31 Cool Roof Requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E39A2CD" w14:textId="77777777" w:rsidR="002D732E" w:rsidRDefault="002D732E" w:rsidP="007560F6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="51"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="540"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA7A53">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>NEX polymer mix includes recycled rubber and plastics.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54273B28" w14:textId="77777777" w:rsidR="002D732E" w:rsidRDefault="002D732E" w:rsidP="007560F6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="51"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="540"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA7A53">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>SEBS polymer modified asphalt laminate adhesive.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00155F94" w14:textId="77777777" w:rsidR="002D732E" w:rsidRDefault="002D732E" w:rsidP="007560F6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="51"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="540"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA7A53">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>SEBS asphalt seal-down adhesive.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F004F69" w14:textId="77777777" w:rsidR="002D732E" w:rsidRDefault="002D732E" w:rsidP="007560F6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="51"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="540"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA7A53">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>3M Smog-Reducing Granules.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="603F41F9" w14:textId="778C8A56" w:rsidR="002D732E" w:rsidRDefault="002D732E" w:rsidP="002565BF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="51"/>
+        </w:numPr>
+        <w:spacing w:after="200"/>
+        <w:ind w:left="2880" w:hanging="634"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA7A53">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Enlarged nailing area of The Zone.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E0FD603" w14:textId="6AA029B5" w:rsidR="00BF5221" w:rsidRDefault="002565BF" w:rsidP="002565BF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:ind w:left="1710" w:hanging="540"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF5221">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Vista Cool (255) as manufactured by Malarkey Roofing Products.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00920E28" w14:textId="77777777" w:rsidR="00BF5221" w:rsidRDefault="00BF5221" w:rsidP="002565BF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="50"/>
+          <w:numId w:val="42"/>
         </w:numPr>
         <w:ind w:left="2304" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>As manufactured, Legacy meets the requirements of:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4BD85323" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="006911A6" w:rsidP="0003145A">
+        <w:t>Malarkey Vista AR shingles hold a Class A Fire Rating.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E35B891" w14:textId="77777777" w:rsidR="00BF5221" w:rsidRDefault="00BF5221" w:rsidP="002565BF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:ind w:left="2304" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>As manufactured, Vista AR meets the requirements of:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DF6A10A" w14:textId="77777777" w:rsidR="00BF5221" w:rsidRDefault="00BF5221" w:rsidP="00BF5221">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
-          <w:numId w:val="21"/>
-[...25 lines deleted...]
-    <w:p w14:paraId="4BD85324" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="0003145A">
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="540"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ASTM D7158 Class H, ASTM D3462, ASTM D3161 Class F, ASTM D3018 Type I, ASTM E108 Class A, UL 2218 Class 4 Impact Resistance, ICC-ES AC438, and CSA A123.5.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="298CE682" w14:textId="77777777" w:rsidR="00BF5221" w:rsidRDefault="00BF5221" w:rsidP="00BF5221">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
-          <w:numId w:val="21"/>
-[...31 lines deleted...]
-    <w:p w14:paraId="4BD85325" w14:textId="77777777" w:rsidR="00AC1DF0" w:rsidRDefault="003B1641" w:rsidP="0003145A">
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="540"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ICC Approval: ESR-3150.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D73D608" w14:textId="77777777" w:rsidR="00BF5221" w:rsidRDefault="00BF5221" w:rsidP="00BF5221">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
-          <w:numId w:val="21"/>
-[...31 lines deleted...]
-    <w:p w14:paraId="4BD85327" w14:textId="22863F59" w:rsidR="0066243F" w:rsidRPr="00523C06" w:rsidRDefault="00AC1DF0" w:rsidP="0003145A">
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="540"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E691E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Listed with Intertek/WHI.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FE6AB59" w14:textId="77777777" w:rsidR="00BF5221" w:rsidRPr="00BB7C29" w:rsidRDefault="00BF5221" w:rsidP="00BF5221">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
-          <w:numId w:val="21"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="4BD85328" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="00EF25D5">
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="540"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>PRI Validation Program.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F48693F" w14:textId="77777777" w:rsidR="00BF5221" w:rsidRDefault="00BF5221" w:rsidP="00CD6153">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="50"/>
-[...9 lines deleted...]
-        </w:rPr>
+          <w:numId w:val="55"/>
+        </w:numPr>
+        <w:ind w:left="2340" w:hanging="547"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>Performance:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ABAC13D" w14:textId="77777777" w:rsidR="0052459D" w:rsidRDefault="0052459D" w:rsidP="0003145A">
+    <w:p w14:paraId="27FA6FBA" w14:textId="77777777" w:rsidR="00BF5221" w:rsidRDefault="00BF5221" w:rsidP="00CD6153">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="5"/>
-          <w:numId w:val="43"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="4BD8532A" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="0003145A">
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="547"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Limited Lifetime Warranty; Other Structures: 40 years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D9D043E" w14:textId="77777777" w:rsidR="00BF5221" w:rsidRDefault="00BF5221" w:rsidP="00CD6153">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="5"/>
-          <w:numId w:val="43"/>
-[...31 lines deleted...]
-    <w:p w14:paraId="4BD8532B" w14:textId="7724664B" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="0003145A">
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="547"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Limited Wind Warranty: 15 years. 110 mph (177 kph).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BB897EA" w14:textId="77777777" w:rsidR="00BF5221" w:rsidRDefault="00BF5221" w:rsidP="00BF5221">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
-          <w:numId w:val="43"/>
-[...43 lines deleted...]
-    <w:p w14:paraId="4BD8532C" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="00906DFE" w:rsidP="0003145A">
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="540"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Enhanced Wind Warranty Available: 15 years. 130 mph (209 kph).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13A8BA3C" w14:textId="77777777" w:rsidR="00BF5221" w:rsidRDefault="00BF5221" w:rsidP="00BF5221">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
-          <w:numId w:val="43"/>
-[...31 lines deleted...]
-    <w:p w14:paraId="45BC7C5E" w14:textId="76CFD7FE" w:rsidR="000A6FF5" w:rsidRDefault="003B1641" w:rsidP="0003145A">
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="540"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007665FE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Right Start Period: 15 years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AFD5B8D" w14:textId="77777777" w:rsidR="00BF5221" w:rsidRPr="007665FE" w:rsidRDefault="00BF5221" w:rsidP="00BF5221">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
-          <w:numId w:val="43"/>
-[...43 lines deleted...]
-    <w:p w14:paraId="69062FAD" w14:textId="77777777" w:rsidR="000A6FF5" w:rsidRDefault="000A6FF5" w:rsidP="0003145A">
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="540"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007665FE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vista </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Cool Moonlit Black, Riverstone Grey,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007665FE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Willow W</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007665FE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ood are listed with CRRC and compliant with CEC Title 24, Part 6 and Los Angeles County, California Title 31 Cool Roof Requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74ADFC32" w14:textId="77777777" w:rsidR="00BF5221" w:rsidRDefault="00BF5221" w:rsidP="00BF5221">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
-          <w:numId w:val="43"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="000A6FF5">
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="540"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00730C87">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>NEX polymer mix includes recycled rubber and plastics.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B4E68D9" w14:textId="77777777" w:rsidR="000A6FF5" w:rsidRDefault="000A6FF5" w:rsidP="0003145A">
+    <w:p w14:paraId="51B11169" w14:textId="77777777" w:rsidR="00BF5221" w:rsidRDefault="00BF5221" w:rsidP="00BF5221">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
-          <w:numId w:val="43"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="000A6FF5">
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="540"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00730C87">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>SEBS polymer modified asphalt laminate adhesive.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25C67A13" w14:textId="5475EE93" w:rsidR="000A6FF5" w:rsidRPr="000A6FF5" w:rsidRDefault="000A6FF5" w:rsidP="0003145A">
+    <w:p w14:paraId="10F5BDBE" w14:textId="77777777" w:rsidR="00BF5221" w:rsidRDefault="00BF5221" w:rsidP="00BF5221">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
-          <w:numId w:val="43"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="000A6FF5">
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="540"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00730C87">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>SEBS asphalt seal-down adhesive.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD8532E" w14:textId="75B81313" w:rsidR="003B1641" w:rsidRDefault="000A6FF5" w:rsidP="004959D5">
+    <w:p w14:paraId="1A137598" w14:textId="77777777" w:rsidR="00BF5221" w:rsidRDefault="00BF5221" w:rsidP="00BF5221">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
-          <w:numId w:val="43"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="0008535F">
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:ind w:left="2880" w:hanging="540"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0049569B">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>3M Smog-Reducing Granules.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31C0C6DA" w14:textId="357F34AA" w:rsidR="00D0017E" w:rsidRDefault="00D0017E" w:rsidP="0003145A">
+    <w:p w14:paraId="5D206000" w14:textId="17E728C3" w:rsidR="00BF5221" w:rsidRPr="00BF5221" w:rsidRDefault="00BF5221" w:rsidP="00BF5221">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
-          <w:numId w:val="43"/>
+          <w:numId w:val="46"/>
         </w:numPr>
         <w:ind w:left="2880" w:hanging="630"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00BF5221">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Enlarged nailing area of The Zone.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD8533D" w14:textId="2AA429AD" w:rsidR="00D42CE0" w:rsidRDefault="003B1641" w:rsidP="00D42CE0">
+    <w:p w14:paraId="660410EC" w14:textId="77777777" w:rsidR="002D732E" w:rsidRDefault="002D732E" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>** NOTE TO SPECIFIER ** Delete if not required.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4BD8533E" w14:textId="77777777" w:rsidR="00D42CE0" w:rsidRDefault="00D42CE0" w:rsidP="00EF25D5">
+        <w:t>** NOTE TO SPECIFIER ** Delete shingle not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="450A240C" w14:textId="77777777" w:rsidR="002D732E" w:rsidRDefault="002D732E" w:rsidP="002D732E">
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>** NOTE TO SPECIFIER ** Delete shingle not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85399" w14:textId="7BA489B4" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="50"/>
+          <w:numId w:val="53"/>
         </w:numPr>
         <w:spacing w:before="200"/>
-        <w:ind w:left="1152" w:hanging="576"/>
-[...503 lines deleted...]
-        <w:pStyle w:val="ARCATnote"/>
         <w:ind w:left="1170" w:hanging="540"/>
         <w:rPr>
-          <w:color w:val="FF0000"/>
-[...601 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t>Color: Color shall be selected from the manufacturer's standard colors.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD8539A" w14:textId="6C1CAAAA" w:rsidR="003B1641" w:rsidRDefault="001850AC" w:rsidP="001850AC">
       <w:pPr>
         <w:pStyle w:val="ARCATArticle"/>
         <w:keepNext/>
         <w:spacing w:before="200"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>2.3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003B1641">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>UNDERLAYMENT</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD8539B" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>** NOTE TO SPECIFIER ** Delete if not required.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD853A2" w14:textId="77777777" w:rsidR="008F47E7" w:rsidRDefault="008F47E7" w:rsidP="0003145A">
+    <w:p w14:paraId="4BD853A2" w14:textId="77777777" w:rsidR="008F47E7" w:rsidRDefault="008F47E7" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:ind w:left="1080" w:hanging="450"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0045347D" w:rsidRPr="007202DE">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>NEX</w:t>
       </w:r>
       <w:r w:rsidR="0045347D">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008660D1">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Polymer </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Modified, Self-Adhering Fiberglass Underlayment:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD853A3" w14:textId="77777777" w:rsidR="008F47E7" w:rsidRDefault="008F47E7" w:rsidP="0003145A">
+    <w:p w14:paraId="4BD853A3" w14:textId="77777777" w:rsidR="008F47E7" w:rsidRDefault="008F47E7" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Product: Malarkey 401 Arctic Seal.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD853A4" w14:textId="77777777" w:rsidR="008F47E7" w:rsidRDefault="008F47E7" w:rsidP="0003145A">
+    <w:p w14:paraId="4BD853A4" w14:textId="77777777" w:rsidR="008F47E7" w:rsidRDefault="008F47E7" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>As manufactured, 401 Arctic Seal meets the requirements of ASTM D1970.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD853A5" w14:textId="77777777" w:rsidR="008F47E7" w:rsidRDefault="008F47E7" w:rsidP="0003145A">
+    <w:p w14:paraId="4BD853A5" w14:textId="7D0FF3D6" w:rsidR="008F47E7" w:rsidRDefault="008F47E7" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Self-adhering sheet shall be nominal 55 mils (1.4 mm) thick.</w:t>
+        <w:t xml:space="preserve">Self-adhering sheet shall be nominal </w:t>
+      </w:r>
+      <w:r w:rsidR="0082373C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>5 mils (1.</w:t>
+      </w:r>
+      <w:r w:rsidR="0082373C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mm) thick.</w:t>
       </w:r>
       <w:r w:rsidRPr="008F47E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD853A6" w14:textId="77777777" w:rsidR="008F47E7" w:rsidRDefault="008F47E7" w:rsidP="0003145A">
+    <w:p w14:paraId="4BD853A6" w14:textId="64878F90" w:rsidR="008F47E7" w:rsidRDefault="008F47E7" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Self-adhering sheet shall be 36 inches (0.91 meter) in width.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1E0E26AE" w14:textId="2DCD1EF3" w:rsidR="00736FBC" w:rsidRDefault="008F47E7" w:rsidP="0003145A">
+        <w:t>Self-adhering sheet shall be 36 inches (0.91 m) in width.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E0E26AE" w14:textId="2DCD1EF3" w:rsidR="00736FBC" w:rsidRDefault="008F47E7" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005A52BC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Two</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2) square</w:t>
       </w:r>
       <w:r w:rsidR="005A52BC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> roll.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD853AD" w14:textId="0FAE6BC7" w:rsidR="007202DE" w:rsidRPr="00B364DB" w:rsidRDefault="00736FBC" w:rsidP="0003145A">
+    <w:p w14:paraId="4BD853AD" w14:textId="0FAE6BC7" w:rsidR="007202DE" w:rsidRPr="00B364DB" w:rsidRDefault="00736FBC" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>NEX polymer mix includes recycled rubber and plastics.</w:t>
       </w:r>
       <w:r w:rsidR="007202DE" w:rsidRPr="00B364DB">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD853AE" w14:textId="77777777" w:rsidR="007202DE" w:rsidRDefault="007202DE" w:rsidP="0003145A">
+    <w:p w14:paraId="4BD853AE" w14:textId="77777777" w:rsidR="007202DE" w:rsidRDefault="007202DE" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:keepNext/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:ind w:left="1152" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Synthetic, Self-Adhering Underlayment:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD853AF" w14:textId="77777777" w:rsidR="007202DE" w:rsidRDefault="007202DE" w:rsidP="0003145A">
+    <w:p w14:paraId="4BD853AF" w14:textId="37D0CB0E" w:rsidR="007202DE" w:rsidRDefault="007202DE" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Product: Malarkey 406 </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="4BD853B0" w14:textId="77777777" w:rsidR="007202DE" w:rsidRDefault="007202DE" w:rsidP="0003145A">
+        <w:t>Product: Malarkey 406 Secure</w:t>
+      </w:r>
+      <w:r w:rsidR="00A15681">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Start HT.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD853B0" w14:textId="600A9CB8" w:rsidR="007202DE" w:rsidRDefault="007202DE" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">As manufactured, 406 </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="4BD853B1" w14:textId="77777777" w:rsidR="007202DE" w:rsidRDefault="007202DE" w:rsidP="0003145A">
+        <w:t>As manufactured, 406 Secure</w:t>
+      </w:r>
+      <w:r w:rsidR="00A15681">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Start HT meets the requirements of ASTM D1970 and ASTM E108 Class A.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37E03784" w14:textId="2CB2F606" w:rsidR="005945CF" w:rsidRDefault="005945CF" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:ind w:left="1728" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       FBC Approval: FL41901</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD853B1" w14:textId="77777777" w:rsidR="007202DE" w:rsidRDefault="007202DE" w:rsidP="007560F6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Self-adhering sheet shall be nominal 45 mils (1.1 mm) thick.</w:t>
       </w:r>
       <w:r w:rsidRPr="008F47E7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD853B2" w14:textId="77777777" w:rsidR="007202DE" w:rsidRDefault="007202DE" w:rsidP="0003145A">
+    <w:p w14:paraId="4BD853B2" w14:textId="47801064" w:rsidR="007202DE" w:rsidRDefault="007202DE" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Self-adhering sheet shall be 36 inches (0.91 meter) in width.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4BD853B3" w14:textId="2617AAC4" w:rsidR="008F47E7" w:rsidRDefault="007202DE" w:rsidP="0003145A">
+        <w:t>Self-adhering sheet shall be 36 inches (0.91 m) in width.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD853B3" w14:textId="2617AAC4" w:rsidR="008F47E7" w:rsidRDefault="007202DE" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005A52BC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Two (2) square roll.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD853B4" w14:textId="77777777" w:rsidR="008F47E7" w:rsidRDefault="008F47E7" w:rsidP="008F47E7">
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>** NOTE TO SPECIFIER ** Delete if not required.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD853B5" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="0003145A">
+    <w:p w14:paraId="4BD853B5" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:keepNext/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:ind w:left="908" w:hanging="274"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0045347D" w:rsidRPr="00CD33C3">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>NEX</w:t>
       </w:r>
       <w:r w:rsidR="0045347D">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008660D1">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Polymer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Modified Fiberglass Underlayment:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD853B6" w14:textId="77777777" w:rsidR="00E642F6" w:rsidRDefault="003B1641" w:rsidP="0003145A">
+    <w:p w14:paraId="4BD853B6" w14:textId="77777777" w:rsidR="00E642F6" w:rsidRDefault="003B1641" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Product: Malarkey Right Start UDL.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD853B7" w14:textId="77777777" w:rsidR="00E642F6" w:rsidRDefault="00E642F6" w:rsidP="0003145A">
+    <w:p w14:paraId="4BD853B7" w14:textId="77777777" w:rsidR="00E642F6" w:rsidRDefault="00E642F6" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00616F9C" w:rsidRPr="00E642F6">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">As manufactured, Right Start UDL meets the requirements of </w:t>
       </w:r>
       <w:r w:rsidR="003B1641" w:rsidRPr="00E642F6">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ASTM D4601 Type II</w:t>
       </w:r>
       <w:r w:rsidR="00616F9C" w:rsidRPr="00E642F6">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>, ASTM D4869, ASTM D226 Type II, ASTM D6757 Type II</w:t>
       </w:r>
       <w:r w:rsidR="00D20A9D" w:rsidRPr="00E642F6">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, and </w:t>
       </w:r>
       <w:r w:rsidRPr="00E642F6">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ASTM E108 Class A</w:t>
       </w:r>
       <w:r w:rsidR="003B1641" w:rsidRPr="00E642F6">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD853B8" w14:textId="77777777" w:rsidR="00E642F6" w:rsidRPr="00E642F6" w:rsidRDefault="00E642F6" w:rsidP="0003145A">
+    <w:p w14:paraId="4BD853B8" w14:textId="77777777" w:rsidR="00E642F6" w:rsidRPr="00E642F6" w:rsidRDefault="00E642F6" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E642F6">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ICC Approva</w:t>
       </w:r>
       <w:r w:rsidR="00463718">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>l: E</w:t>
       </w:r>
       <w:r w:rsidRPr="00E642F6">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>SR 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>61</w:t>
       </w:r>
       <w:r w:rsidRPr="00E642F6">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD853B9" w14:textId="77777777" w:rsidR="00E642F6" w:rsidRDefault="00E642F6" w:rsidP="0003145A">
+    <w:p w14:paraId="4BD853B9" w14:textId="77777777" w:rsidR="00E642F6" w:rsidRDefault="00E642F6" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>FBC Approvals</w:t>
       </w:r>
       <w:r w:rsidR="009667BE">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: No. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">14807 and </w:t>
       </w:r>
       <w:r w:rsidR="009667BE">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">No. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>15214.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23E29269" w14:textId="0E11B565" w:rsidR="00736FBC" w:rsidRDefault="00E642F6" w:rsidP="0003145A">
+    <w:p w14:paraId="23E29269" w14:textId="0E11B565" w:rsidR="00736FBC" w:rsidRDefault="00E642F6" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E642F6">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Listed with Intertek/WHI.</w:t>
       </w:r>
       <w:r w:rsidR="00736FBC" w:rsidRPr="00736FBC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD853BA" w14:textId="10DA6B8A" w:rsidR="00E642F6" w:rsidRPr="00E642F6" w:rsidRDefault="00736FBC" w:rsidP="0003145A">
+    <w:p w14:paraId="4BD853BA" w14:textId="6EF47947" w:rsidR="00E642F6" w:rsidRPr="00E642F6" w:rsidRDefault="00736FBC" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
-        <w:t>Sheet shall be nominal 55 mils (1.4 mm) thick.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4BD853BB" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="0003145A">
+        <w:t>Sheet shall be nominal 5</w:t>
+      </w:r>
+      <w:r w:rsidR="005945CF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mils (1.</w:t>
+      </w:r>
+      <w:r w:rsidR="005945CF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mm) thick.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD853BB" w14:textId="23FEAEA3" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Sheet shall be 39</w:t>
       </w:r>
       <w:r w:rsidR="00D67A9E">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>⅜</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> inches (1 meter) in width.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="723A609E" w14:textId="6FB06331" w:rsidR="00736FBC" w:rsidRDefault="00D67A9E" w:rsidP="0003145A">
+        <w:t xml:space="preserve"> inches (1 m) in width.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="723A609E" w14:textId="6FB06331" w:rsidR="00736FBC" w:rsidRDefault="00D67A9E" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005A52BC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Two (2) square roll.</w:t>
       </w:r>
       <w:r w:rsidR="00736FBC" w:rsidRPr="00736FBC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD853BC" w14:textId="44997613" w:rsidR="00F24B6B" w:rsidRDefault="00736FBC" w:rsidP="0003145A">
+    <w:p w14:paraId="4BD853BC" w14:textId="44997613" w:rsidR="00F24B6B" w:rsidRDefault="00736FBC" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>NEX polymer mix includes recycled rubber and plastics.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD853BD" w14:textId="77777777" w:rsidR="00F24B6B" w:rsidRDefault="00F24B6B" w:rsidP="00F24B6B">
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>** NOTE TO SPECIFIER ** Delete if not required.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD853BE" w14:textId="77777777" w:rsidR="00F24B6B" w:rsidRDefault="00F24B6B" w:rsidP="0003145A">
+    <w:p w14:paraId="69A91C31" w14:textId="6E63389E" w:rsidR="00A15681" w:rsidRDefault="00F24B6B" w:rsidP="00A15681">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:ind w:left="1152" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Synthetic Underlayment:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD853BF" w14:textId="35FADCBE" w:rsidR="00D67A9E" w:rsidRDefault="00F24B6B" w:rsidP="0003145A">
+    <w:p w14:paraId="17AB77B8" w14:textId="2841F2E1" w:rsidR="00A15681" w:rsidRDefault="00A15681" w:rsidP="00A15681">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Product: 1030 </w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="4BD853C0" w14:textId="21EA776E" w:rsidR="00F24B6B" w:rsidRDefault="00F24B6B" w:rsidP="00D11D61">
+        <w:t>Product: 1029 Secure Start Lite.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="281C813F" w14:textId="6384EEC2" w:rsidR="00A15681" w:rsidRDefault="00A15681" w:rsidP="00A15681">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E642F6">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">As manufactured, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...65 lines deleted...]
-        <w:t>CSA A123.3</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Secure Start Lite meets the requirements of ASTM D226, ASTM D4869, ASTM D8257, ASTM E108 Class A, ICC-ES AC188, and CAN/CSA A</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD5AE7">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>220.1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65F941C5" w14:textId="4511322E" w:rsidR="00990250" w:rsidRDefault="00990250" w:rsidP="00D11D61">
+    <w:p w14:paraId="68971897" w14:textId="77777777" w:rsidR="00A15681" w:rsidRDefault="00A15681" w:rsidP="00A15681">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>FBC Approval: FL23186.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41026F73" w14:textId="10042891" w:rsidR="00736FBC" w:rsidRDefault="00524C51" w:rsidP="00D11D61">
+    <w:p w14:paraId="0797365F" w14:textId="7D3AD26B" w:rsidR="00A15681" w:rsidRDefault="00A15681" w:rsidP="00A15681">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Code Approval</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidR="00BB63BA">
+        <w:t>Code Approval: CCRR-</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD5AE7">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>0537</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD853C1" w14:textId="5770734D" w:rsidR="00524C51" w:rsidRDefault="00736FBC" w:rsidP="00D11D61">
+    <w:p w14:paraId="4F0D8200" w14:textId="2600239E" w:rsidR="00A15681" w:rsidRDefault="00A15681" w:rsidP="00A15681">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sheet shall be nominal 15 </w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="4BD853C2" w14:textId="77777777" w:rsidR="00524C51" w:rsidRDefault="00524C51" w:rsidP="00D11D61">
+        <w:t xml:space="preserve">Sheet shall be nominal </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD5AE7">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ±1 mils (0.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD5AE7">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mm) thick.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54410946" w14:textId="14BB9A4C" w:rsidR="00A15681" w:rsidRDefault="00A15681" w:rsidP="00A15681">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Sheet shall be 48 inches (1.2 meter) in width.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4BD853C3" w14:textId="62D64BE7" w:rsidR="00524C51" w:rsidRPr="00524C51" w:rsidRDefault="005A52BC" w:rsidP="00D11D61">
+        <w:t>Sheet shall be 48 inches (1.2 m) in width.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E0DA303" w14:textId="77777777" w:rsidR="00A15681" w:rsidRPr="00524C51" w:rsidRDefault="00A15681" w:rsidP="00A15681">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t>Ten (10) square roll.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD853BE" w14:textId="5B44D08C" w:rsidR="00F24B6B" w:rsidRPr="00FD5AE7" w:rsidRDefault="00FD5AE7" w:rsidP="00FD5AE7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:before="200"/>
+        <w:ind w:left="1152" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Synthetic Underlayment:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A13BA5A" w14:textId="77777777" w:rsidR="00FD5AE7" w:rsidRDefault="00F24B6B" w:rsidP="00FD5AE7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:ind w:left="1728" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Product: 1030 Secure</w:t>
+      </w:r>
+      <w:r w:rsidR="00A15681">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Start SG</w:t>
+      </w:r>
+      <w:r w:rsidR="00D05BB8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD853C0" w14:textId="3D2C170C" w:rsidR="00F24B6B" w:rsidRPr="00FD5AE7" w:rsidRDefault="00FD5AE7" w:rsidP="00FD5AE7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:ind w:left="1728" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="00F24B6B" w:rsidRPr="00FD5AE7">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>As manufactured, Secure</w:t>
+      </w:r>
+      <w:r w:rsidR="00A15681" w:rsidRPr="00FD5AE7">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F24B6B" w:rsidRPr="00FD5AE7">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Start </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1854" w:rsidRPr="00FD5AE7">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>SG</w:t>
+      </w:r>
+      <w:r w:rsidR="00F24B6B" w:rsidRPr="00FD5AE7">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> meets the requirements of ASTM D226,</w:t>
+      </w:r>
+      <w:r w:rsidR="005E3C47" w:rsidRPr="00FD5AE7">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F24B6B" w:rsidRPr="00FD5AE7">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASTM D4869, </w:t>
+      </w:r>
+      <w:r w:rsidR="00862D74">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASTM D8257, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1854" w:rsidRPr="00FD5AE7">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ASTM E108 Class A</w:t>
+      </w:r>
+      <w:r w:rsidR="00227B54" w:rsidRPr="00FD5AE7">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6EEC" w:rsidRPr="00FD5AE7">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>CAN/</w:t>
+      </w:r>
+      <w:r w:rsidR="00227B54" w:rsidRPr="00FD5AE7">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>CSA A123.3</w:t>
+      </w:r>
+      <w:r w:rsidR="00F24B6B" w:rsidRPr="00FD5AE7">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65F941C5" w14:textId="4511322E" w:rsidR="00990250" w:rsidRDefault="00990250" w:rsidP="00FD5AE7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="56"/>
+        </w:numPr>
+        <w:ind w:left="1710" w:hanging="540"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>FBC Approval: FL23186.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41026F73" w14:textId="10042891" w:rsidR="00736FBC" w:rsidRDefault="00524C51" w:rsidP="00FD5AE7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="56"/>
+        </w:numPr>
+        <w:ind w:left="1728" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Code Approval</w:t>
+      </w:r>
+      <w:r w:rsidR="009667BE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CCRR-1082</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB63BA">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD853C1" w14:textId="5770734D" w:rsidR="00524C51" w:rsidRDefault="00736FBC" w:rsidP="00FD5AE7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="56"/>
+        </w:numPr>
+        <w:ind w:left="1728" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sheet shall be nominal 15 </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB63BA">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>±1 mils (0.4 mm) thick.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD853C2" w14:textId="373214CA" w:rsidR="00524C51" w:rsidRDefault="00524C51" w:rsidP="00FD5AE7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="56"/>
+        </w:numPr>
+        <w:ind w:left="1728" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Sheet shall be 48 inches (1.2 m) in width.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD853C3" w14:textId="62D64BE7" w:rsidR="00524C51" w:rsidRPr="00524C51" w:rsidRDefault="005A52BC" w:rsidP="00FD5AE7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="56"/>
+        </w:numPr>
+        <w:ind w:left="1728" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00524C51">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>en (10) square</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> roll</w:t>
       </w:r>
       <w:r w:rsidR="00524C51">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD853C4" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="00851620">
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>** NOTE TO SPECIFIER ** Delete if not required.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD853C5" w14:textId="77777777" w:rsidR="00F24B6B" w:rsidRPr="00F24B6B" w:rsidRDefault="00F24B6B" w:rsidP="00F24B6B">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:ind w:left="630"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BD853C6" w14:textId="77777777" w:rsidR="00524C51" w:rsidRDefault="003B1641" w:rsidP="00707252">
+    <w:p w14:paraId="4BD853C6" w14:textId="77777777" w:rsidR="00524C51" w:rsidRDefault="003B1641" w:rsidP="008E303B">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
+        <w:keepNext/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="40"/>
-[...1 lines deleted...]
-        <w:ind w:left="900" w:hanging="306"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:ind w:left="892" w:hanging="302"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00524C51">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Synthetic Underlayment:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD853C7" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="00524C51" w:rsidP="0003145A">
+    <w:p w14:paraId="4BD853C7" w14:textId="17546CD1" w:rsidR="003B1641" w:rsidRDefault="00524C51" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003B1641">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Product: Malarkey </w:t>
       </w:r>
       <w:r w:rsidR="00D711F7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">1031 </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="003B1641">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>SecureStart</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Secure</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB4EEB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="003B1641">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve">Start </w:t>
+      </w:r>
+      <w:r w:rsidR="00D711F7">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Plus</w:t>
+      </w:r>
+      <w:r w:rsidR="003B1641">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD853C8" w14:textId="2F3FAF30" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="007560F6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:ind w:left="1728" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D711F7" w:rsidRPr="00E642F6">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">As manufactured, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D711F7">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Secure</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB4EEB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D711F7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Plus</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003B1641">
+        <w:t xml:space="preserve">Start Plus meets the requirements of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ASTM D226</w:t>
+      </w:r>
+      <w:r w:rsidR="00D711F7">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>, ASTM D4869</w:t>
+      </w:r>
+      <w:r w:rsidR="00517F66">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F37E40">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASTM D8257, </w:t>
+      </w:r>
+      <w:r w:rsidR="00803D64">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASTM E108 Class A, </w:t>
+      </w:r>
+      <w:r w:rsidR="00227B54">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6EEC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>CAN/</w:t>
+      </w:r>
+      <w:r w:rsidR="00227B54">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>CSA A123.3</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD853C8" w14:textId="73F94F11" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="0003145A">
+    <w:p w14:paraId="346977CE" w14:textId="77777777" w:rsidR="005C13B4" w:rsidRDefault="003B1641" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00D711F7" w:rsidRPr="00E642F6">
-[...48 lines deleted...]
-      </w:r>
       <w:r w:rsidR="009C222E">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> AC188</w:t>
-[...17 lines deleted...]
-        <w:t>CSA A123.3</w:t>
+        <w:t>FBC Approval</w:t>
+      </w:r>
+      <w:r w:rsidR="009667BE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="009C222E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> FL23186</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="346977CE" w14:textId="77777777" w:rsidR="005C13B4" w:rsidRDefault="003B1641" w:rsidP="0003145A">
+    <w:p w14:paraId="2E0C8060" w14:textId="7558AED8" w:rsidR="00BB63BA" w:rsidRPr="005C13B4" w:rsidRDefault="009C222E" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:ind w:left="1710" w:hanging="540"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C13B4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Code Approval</w:t>
+      </w:r>
+      <w:r w:rsidR="009667BE" w:rsidRPr="005C13B4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C13B4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CCRR-1082</w:t>
+      </w:r>
+      <w:r w:rsidR="0095483F" w:rsidRPr="005C13B4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB63BA" w:rsidRPr="005C13B4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD853CA" w14:textId="4727A007" w:rsidR="0095483F" w:rsidRPr="00E642F6" w:rsidRDefault="00BB63BA" w:rsidP="007560F6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="40"/>
-[...85 lines deleted...]
-          <w:numId w:val="32"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:ind w:left="1710" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Sheet shall be nominal 1</w:t>
       </w:r>
       <w:r w:rsidR="00E13299">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ±1 mils (0.4</w:t>
       </w:r>
       <w:r w:rsidR="00A100F0">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> mm) thick.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03DBAB14" w14:textId="77777777" w:rsidR="003D0B51" w:rsidRDefault="0095483F" w:rsidP="003D0B51">
+    <w:p w14:paraId="03DBAB14" w14:textId="77777777" w:rsidR="003D0B51" w:rsidRDefault="0095483F" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:ind w:left="1710" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Sheet shall be 48 inches (1.2 meter) in width.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4875BF27" w14:textId="36796082" w:rsidR="00CD0E37" w:rsidRPr="003D0B51" w:rsidRDefault="00CB72D0" w:rsidP="003D0B51">
+    <w:p w14:paraId="4875BF27" w14:textId="36796082" w:rsidR="00CD0E37" w:rsidRPr="003D0B51" w:rsidRDefault="00CB72D0" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:ind w:left="1710" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r w:rsidR="005A52BC" w:rsidRPr="003D0B51">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="0095483F" w:rsidRPr="003D0B51">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>en (10) square</w:t>
       </w:r>
       <w:r w:rsidR="005A52BC" w:rsidRPr="003D0B51">
@@ -10176,396 +11002,428 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="6833057F" w14:textId="77777777" w:rsidR="00CD0E37" w:rsidRDefault="00CD0E37" w:rsidP="00851620">
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>** NOTE TO SPECIFIER ** Delete if not required.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0866BA2C" w14:textId="77777777" w:rsidR="00CD0E37" w:rsidRPr="00F24B6B" w:rsidRDefault="00CD0E37" w:rsidP="00CD0E37">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:ind w:left="630"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6800E613" w14:textId="77777777" w:rsidR="00CD0E37" w:rsidRDefault="00CD0E37" w:rsidP="00707252">
+    <w:p w14:paraId="6800E613" w14:textId="77777777" w:rsidR="00CD0E37" w:rsidRDefault="00CD0E37" w:rsidP="00F37E40">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
+        <w:keepNext/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="40"/>
-[...1 lines deleted...]
-        <w:ind w:left="1080" w:hanging="450"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:ind w:left="1080" w:hanging="446"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Synthetic Underlayment:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05875AAC" w14:textId="769C9178" w:rsidR="00CD0E37" w:rsidRDefault="00CD0E37" w:rsidP="0003145A">
+    <w:p w14:paraId="05875AAC" w14:textId="5DF465E7" w:rsidR="00CD0E37" w:rsidRDefault="00CD0E37" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Product: Malarkey 1035 </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="34AE1DF3" w14:textId="4653694F" w:rsidR="00CD0E37" w:rsidRDefault="00CD0E37" w:rsidP="0003145A">
+        <w:t>Product: Malarkey 10</w:t>
+      </w:r>
+      <w:r w:rsidR="00C026E6">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>40</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Secure</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB4EEB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Start Permeable.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34AE1DF3" w14:textId="3E79AABB" w:rsidR="00CD0E37" w:rsidRDefault="00CD0E37" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E642F6">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">As manufactured, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-      <w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Secure</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB4EEB">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Start </w:t>
+      </w:r>
       <w:r w:rsidR="00990250">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Permeable</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> meets the requirements of ASTM D226, ASTM D4869, </w:t>
+        <w:t xml:space="preserve"> meets the requirements of ASTM D4869, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F37E40">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASTM D8257, </w:t>
       </w:r>
       <w:r w:rsidR="006838BA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ASTM E108 Class A, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ICC-ES AC188</w:t>
       </w:r>
       <w:r w:rsidR="00227B54">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, and </w:t>
       </w:r>
       <w:r w:rsidR="00CA6EEC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>CAN/</w:t>
       </w:r>
       <w:r w:rsidR="00227B54">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>CSA A123.3</w:t>
+        <w:t xml:space="preserve">CSA </w:t>
+      </w:r>
+      <w:r w:rsidR="00F37E40">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>A220.1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6775CC05" w14:textId="77777777" w:rsidR="00593868" w:rsidRDefault="00CD0E37" w:rsidP="00593868">
+    <w:p w14:paraId="6775CC05" w14:textId="77777777" w:rsidR="00593868" w:rsidRDefault="00CD0E37" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>FBC Approval: FL23186.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6346074F" w14:textId="77777777" w:rsidR="00622075" w:rsidRDefault="00622075" w:rsidP="00622075">
+    <w:p w14:paraId="6346074F" w14:textId="225B3F74" w:rsidR="00622075" w:rsidRDefault="00622075" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r w:rsidR="00CD0E37" w:rsidRPr="00593868">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Code Approval: CCRR-1082.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3C3B90CA" w14:textId="77777777" w:rsidR="00622075" w:rsidRDefault="00622075" w:rsidP="00622075">
+        <w:t>Code Approval: CCRR-</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37E40">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>0537</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0E37" w:rsidRPr="00593868">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C3B90CA" w14:textId="4EF76726" w:rsidR="00622075" w:rsidRDefault="00622075" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r w:rsidR="00CD0E37" w:rsidRPr="00622075">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Sheet shall be nominal </w:t>
       </w:r>
       <w:r w:rsidR="00B240B2" w:rsidRPr="00622075">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>30</w:t>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37E40">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00CD0E37" w:rsidRPr="00622075">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> mils (0.</w:t>
       </w:r>
-      <w:r w:rsidR="005775D6" w:rsidRPr="00622075">
-[...3 lines deleted...]
-        <w:t>76</w:t>
+      <w:r w:rsidR="00F37E40">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00CD0E37" w:rsidRPr="00622075">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> mm) thick.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="585A6BD0" w14:textId="77777777" w:rsidR="00622075" w:rsidRDefault="00622075" w:rsidP="00622075">
+    <w:p w14:paraId="585A6BD0" w14:textId="77777777" w:rsidR="00622075" w:rsidRDefault="00622075" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r w:rsidR="00CD0E37" w:rsidRPr="00622075">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Sheet shall be 48 inches (1.2 meter) in width.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD853CC" w14:textId="182156C9" w:rsidR="009C222E" w:rsidRPr="00622075" w:rsidRDefault="00FF46A4" w:rsidP="00622075">
+    <w:p w14:paraId="4BD853CC" w14:textId="638662CD" w:rsidR="009C222E" w:rsidRPr="00622075" w:rsidRDefault="00FF46A4" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="1728" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
+      <w:r w:rsidR="00C026E6">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Ten</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0E37" w:rsidRPr="00622075">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00C026E6">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0E37" w:rsidRPr="00622075">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>) square</w:t>
+      </w:r>
       <w:r w:rsidR="005A52BC" w:rsidRPr="00622075">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>F</w:t>
-[...5 lines deleted...]
-        <w:t>ive</w:t>
+        <w:t xml:space="preserve"> roll</w:t>
       </w:r>
       <w:r w:rsidR="00CD0E37" w:rsidRPr="00622075">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...22 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4846EF3D" w14:textId="77777777" w:rsidR="00851620" w:rsidRDefault="00851620" w:rsidP="00851620">
+    <w:p w14:paraId="4846EF3D" w14:textId="77777777" w:rsidR="00851620" w:rsidRDefault="00851620" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>** NOTE TO SPECIFIER ** Delete if not required.</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="4BD853CD" w14:textId="1402F727" w:rsidR="003B1641" w:rsidRDefault="00EF6DA7" w:rsidP="00EF6DA7">
       <w:pPr>
         <w:pStyle w:val="ARCATArticle"/>
         <w:keepNext/>
         <w:spacing w:before="200"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>2.4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003B1641">
         <w:rPr>
           <w:sz w:val="20"/>
@@ -10583,105 +11441,105 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>BASE INSULATED PANELS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD853CE" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="00D11D61">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:ind w:left="540"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Approved Manufacturers:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD853CF" w14:textId="77777777" w:rsidR="00205217" w:rsidRDefault="00AB288C" w:rsidP="0003145A">
+    <w:p w14:paraId="4BD853CF" w14:textId="77777777" w:rsidR="00205217" w:rsidRDefault="00AB288C" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="30"/>
         </w:numPr>
         <w:ind w:left="1710" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003B1641">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Product: Hunter Panel - Hunter Cool</w:t>
       </w:r>
       <w:r w:rsidR="00A84BB4">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="003B1641">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Vent</w:t>
       </w:r>
       <w:r w:rsidR="00A84BB4">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Panel</w:t>
       </w:r>
       <w:r w:rsidR="003B1641">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD853D0" w14:textId="77777777" w:rsidR="003B1641" w:rsidRPr="00F96CF5" w:rsidRDefault="00205217" w:rsidP="0003145A">
+    <w:p w14:paraId="4BD853D0" w14:textId="77777777" w:rsidR="003B1641" w:rsidRPr="00F96CF5" w:rsidRDefault="00205217" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="30"/>
         </w:numPr>
         <w:ind w:left="1710" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003B1641" w:rsidRPr="00F96CF5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Product: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="003B1641" w:rsidRPr="00F96CF5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
@@ -11160,51 +12018,50 @@
       <w:r w:rsidR="00745F2D">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> days.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD853DD" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="002E695C">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:keepNext/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="1166"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Moisture Vapor Transmission</w:t>
       </w:r>
       <w:r w:rsidR="00745F2D">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> per</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ASTM E96</w:t>
       </w:r>
       <w:r w:rsidR="00745F2D">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -11414,67 +12271,80 @@
       <w:r w:rsidR="00554D5A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>degrees</w:t>
       </w:r>
       <w:r w:rsidR="003A1CDA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>C).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD853E1" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="00D11D61">
+    <w:p w14:paraId="31C11EDF" w14:textId="77777777" w:rsidR="00CD6153" w:rsidRDefault="00CD6153">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD853E1" w14:textId="76BC52CB" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="00D11D61">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:ind w:left="540"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Panel Construction and Fasteners:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD853E2" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="00D11D61">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:left="1170"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Top layer of APA CDX Plywood.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD853E3" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="006B52C2" w:rsidP="00D11D61">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
@@ -11733,112 +12603,112 @@
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Fastener </w:t>
       </w:r>
       <w:r w:rsidR="003B1641">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Length</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>: A</w:t>
       </w:r>
       <w:r w:rsidR="003B1641">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>s recommended by the panel manufacturer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD853EA" w14:textId="2442CA15" w:rsidR="003B1641" w:rsidRPr="00381D72" w:rsidRDefault="003B1641" w:rsidP="0003145A">
+    <w:p w14:paraId="4BD853EA" w14:textId="2442CA15" w:rsidR="003B1641" w:rsidRPr="00381D72" w:rsidRDefault="003B1641" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
-          <w:numId w:val="34"/>
+          <w:numId w:val="31"/>
         </w:numPr>
         <w:ind w:left="2340" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00381D72">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Fasteners shall be equal to the panel depth plus a minimum of 1 inch</w:t>
       </w:r>
       <w:r w:rsidR="007A6ACC" w:rsidRPr="00381D72">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00381D72">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(25 mm)</w:t>
       </w:r>
       <w:r w:rsidR="002B2847">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00381D72">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>penetration into the</w:t>
       </w:r>
       <w:r w:rsidR="002B2847">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00381D72">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>structural substrate.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD853EB" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="0003145A">
+    <w:p w14:paraId="4BD853EB" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="007560F6">
       <w:pPr>
         <w:pStyle w:val="ARCATArticle"/>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="41"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>RELATED PRODUCTS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD853EC" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
@@ -12502,80 +13372,80 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  EXECUTION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD853F7" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="00D11D61">
       <w:pPr>
         <w:pStyle w:val="ARCATArticle"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>DELIVERY, STORAGE, AND HANDLING IMPORT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD853F8" w14:textId="77777777" w:rsidR="003B1641" w:rsidRPr="007A6ACC" w:rsidRDefault="003B1641" w:rsidP="00D11D61">
+    <w:p w14:paraId="4BD853F8" w14:textId="73098565" w:rsidR="003B1641" w:rsidRPr="007A6ACC" w:rsidRDefault="003B1641" w:rsidP="00D11D61">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:ind w:left="630"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A6ACC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>New and dry roof materials delivered to the job site in containers unopened and</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">New and dry roof materials delivered to the job site in </w:t>
+      </w:r>
+      <w:r w:rsidR="00247C1F" w:rsidRPr="007A6ACC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>unopened and undamaged containers</w:t>
       </w:r>
       <w:r w:rsidRPr="007A6ACC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">undamaged. </w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="007A6ACC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007A6ACC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Manufacturer's products stamped with labels, names</w:t>
       </w:r>
       <w:r w:rsidR="000C4920" w:rsidRPr="007A6ACC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="007A6ACC">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and run codes of</w:t>
       </w:r>
@@ -12731,51 +13601,50 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>concentrations over structural members.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD853FC" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="00D11D61">
       <w:pPr>
         <w:pStyle w:val="ARCATArticle"/>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>ENVIRONMENTAL REQUIREMENTS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD853FD" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="00D11D61">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:ind w:left="630"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Application of roofing materials shall not be performed when weather conditions </w:t>
       </w:r>
       <w:r w:rsidR="0011117E">
         <w:rPr>
@@ -12784,50 +13653,51 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>interfere with good roofing practices.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD853FE" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="00D11D61">
       <w:pPr>
         <w:pStyle w:val="ARCATArticle"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>VENTED NAIL</w:t>
       </w:r>
       <w:r w:rsidR="00F02EF5">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>BASE AND BASE INSULATION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD853FF" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="00D11D61">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:ind w:left="630"/>
@@ -13957,145 +14827,139 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> of</w:t>
       </w:r>
       <w:r w:rsidR="003B1641">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> self-adhering underlayment </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">to the roof deck </w:t>
       </w:r>
       <w:r w:rsidR="003B1641">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>in all valleys.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD8540D" w14:textId="5F15D406" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="00D11D61">
+    <w:p w14:paraId="4BD8540D" w14:textId="55CFC4C5" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="00D11D61">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="1710" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">The field underlayment </w:t>
       </w:r>
       <w:r w:rsidR="008A0FB9">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>is then</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008A0FB9">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>woven</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> through the valley over the layer of </w:t>
+        <w:t xml:space="preserve"> through the valley </w:t>
+      </w:r>
+      <w:r w:rsidR="008A0FB9">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or lapped </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE28FC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="002146CB">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>s</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">elf-adhering underlayment </w:t>
+        <w:t xml:space="preserve"> inches</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE28FC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3CE2">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(152 mm) </w:t>
+      </w:r>
+      <w:r w:rsidR="00375717">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">on </w:t>
       </w:r>
       <w:r w:rsidR="008A0FB9">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">or lapped </w:t>
-[...34 lines deleted...]
-        </w:rPr>
         <w:t>each side</w:t>
+      </w:r>
+      <w:r w:rsidR="006C2D34">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the valley liner</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="008A0FB9">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> If fastening the field underlayment, be aware no fasteners are allowed within 6</w:t>
       </w:r>
       <w:r w:rsidR="002146CB">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> inches</w:t>
       </w:r>
       <w:r w:rsidR="008A0FB9">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -14447,876 +15311,874 @@
       <w:r w:rsidR="00721FA7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(or compatible</w:t>
       </w:r>
       <w:r w:rsidR="005424F2">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD85411" w14:textId="77777777" w:rsidR="003B1641" w:rsidRPr="002146CB" w:rsidRDefault="005846CE" w:rsidP="005424F2">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:ind w:left="1170"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002146CB">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>roofing nails, centered on the top flange at 8 to 10</w:t>
       </w:r>
       <w:r w:rsidR="002146CB" w:rsidRPr="002146CB">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> inches</w:t>
       </w:r>
       <w:r w:rsidR="00EE3CE2" w:rsidRPr="002146CB">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (203</w:t>
       </w:r>
       <w:r w:rsidR="00E828DA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:r w:rsidR="00EE3CE2" w:rsidRPr="002146CB">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>254 mm)</w:t>
       </w:r>
       <w:r w:rsidR="00E828DA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> O.C.</w:t>
       </w:r>
       <w:r w:rsidR="005424F2">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> or according to local code requirements.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD85412" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="00D11D61">
+    <w:p w14:paraId="4BD85412" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641" w:rsidP="00CD6153">
       <w:pPr>
         <w:pStyle w:val="ARCATArticle"/>
         <w:keepNext/>
+        <w:keepLines/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>APPLICATION OF SHINGLES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD8541E" w14:textId="77777777" w:rsidR="00C039D8" w:rsidRDefault="00165826" w:rsidP="00D11D61">
+    <w:p w14:paraId="4BD8541E" w14:textId="77777777" w:rsidR="00C039D8" w:rsidRDefault="00165826" w:rsidP="00CD6153">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:ind w:left="630"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Laminate Shingle Application; </w:t>
       </w:r>
       <w:r w:rsidRPr="0055463E">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>8 inches (</w:t>
       </w:r>
       <w:r w:rsidR="00C039D8" w:rsidRPr="0055463E">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidRPr="0055463E">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>3 mm) Offset</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Diagonal Pattern:</w:t>
       </w:r>
       <w:r w:rsidR="00C039D8" w:rsidRPr="00C039D8">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1531E909" w14:textId="77777777" w:rsidR="00B213AA" w:rsidRDefault="00B213AA" w:rsidP="00B213AA">
-[...1 lines deleted...]
-        <w:pStyle w:val="ARCATSubPara"/>
+    <w:p w14:paraId="36C5B139" w14:textId="1BD43A71" w:rsidR="00B213AA" w:rsidRPr="00EA404F" w:rsidRDefault="00B213AA" w:rsidP="000E7B15">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="11"/>
         </w:numPr>
+        <w:ind w:left="1710" w:hanging="544"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA404F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Starter courses: </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA404F" w:rsidRPr="00EA404F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Install</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA404F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Malarkey </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA404F" w:rsidRPr="00EA404F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Smart Start </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA404F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>starter shingles; apply to eave and rake</w:t>
+      </w:r>
+      <w:r w:rsidR="000E7B15">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA404F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>edges of roof.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B721034" w14:textId="77777777" w:rsidR="003D3337" w:rsidRDefault="003D3337" w:rsidP="003D3337">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
         <w:ind w:left="1170"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Starter courses: Use Malarkey starter shingles </w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="36C5B139" w14:textId="77777777" w:rsidR="00B213AA" w:rsidRDefault="00B213AA" w:rsidP="00B213AA">
+        <w:t>Cut 6 inches (152 mm) off the length of the first starter shingle and apply at a lower</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61E4A79B" w14:textId="77777777" w:rsidR="003D3337" w:rsidRDefault="003D3337" w:rsidP="003D3337">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:ind w:left="1170" w:firstLine="570"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D97831">
-[...12 lines deleted...]
-    <w:p w14:paraId="7B721034" w14:textId="77777777" w:rsidR="003D3337" w:rsidRDefault="003D3337" w:rsidP="003D3337">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>corner of roof. The starter course shall overhang the edge metal 1/4 to 3/4 inch (6 mm</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BFEC3F2" w14:textId="77777777" w:rsidR="003D3337" w:rsidRDefault="003D3337" w:rsidP="003D3337">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
+        <w:ind w:left="1170" w:firstLine="570"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>to 19 mm). Fasten with four (4) nails, 1-1/2 inches to 3 inches (38 to 76 mm) up from</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17AFDE34" w14:textId="77777777" w:rsidR="003D3337" w:rsidRDefault="003D3337" w:rsidP="003D3337">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:ind w:left="1170" w:firstLine="570"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>the eave with one fastener 1 inch (25 mm) from each end and the remaining two</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50EC28B6" w14:textId="77777777" w:rsidR="003D3337" w:rsidRDefault="003D3337" w:rsidP="003D3337">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:ind w:left="1170" w:firstLine="570"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>evenly spaced on the same line as the end fasteners.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85421" w14:textId="6C2711D4" w:rsidR="00165826" w:rsidRDefault="00C039D8" w:rsidP="00923F1B">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="11"/>
         </w:numPr>
+        <w:ind w:left="1710" w:hanging="544"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Continue starter course across the roof with </w:t>
+      </w:r>
+      <w:r w:rsidR="00D9775E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>full</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>-length shingles, butting them</w:t>
+      </w:r>
+      <w:r w:rsidR="00923F1B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>loosely together to avoid buckling.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85422" w14:textId="2E24CF29" w:rsidR="00165826" w:rsidRDefault="00165826" w:rsidP="000B1F3B">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:ind w:left="1710" w:hanging="544"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>First course: Start with a full</w:t>
+      </w:r>
+      <w:r w:rsidR="000B1F3B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>-length</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shingle applied directly over the starter course at </w:t>
+      </w:r>
+      <w:r w:rsidR="000B1F3B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="008C03A2">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">same </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>lower corner of the roof, and secure with fasteners.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85423" w14:textId="77777777" w:rsidR="00165826" w:rsidRDefault="00165826" w:rsidP="00D11D61">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
         <w:ind w:left="1170"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Cut 6 inches (152 mm) off the length of the first starter shingle and apply at a lower</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="61E4A79B" w14:textId="77777777" w:rsidR="003D3337" w:rsidRDefault="003D3337" w:rsidP="003D3337">
+        <w:t>Second course: Cut 8 inches (</w:t>
+      </w:r>
+      <w:r w:rsidR="008C03A2">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 mm) off </w:t>
+      </w:r>
+      <w:r w:rsidR="008C03A2">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>one</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> end of a full shingle and apply the </w:t>
+      </w:r>
+      <w:r w:rsidR="008C03A2">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>remaining piece over the</w:t>
+      </w:r>
+      <w:r w:rsidR="008C03A2">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> underlying,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> first course shingle. Align the bottom edge along </w:t>
+      </w:r>
+      <w:r w:rsidR="008C03A2">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a line level with the </w:t>
+      </w:r>
+      <w:r w:rsidR="008C03A2">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>sawtooth</w:t>
+      </w:r>
+      <w:r w:rsidR="008C03A2">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> overlay in the preceding course, exposing the first </w:t>
+      </w:r>
+      <w:r w:rsidR="008C03A2">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">course 5-5/8 inches (143 mm). Secure with fasteners. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85424" w14:textId="77777777" w:rsidR="00165826" w:rsidRDefault="00165826" w:rsidP="00D11D61">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:ind w:left="1170"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Succeeding Courses: Courses three through </w:t>
+      </w:r>
+      <w:r w:rsidR="002A1C2B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>five</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are begun with partial shingles, each </w:t>
+      </w:r>
+      <w:r w:rsidR="002A1C2B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>progressively 8 inches (</w:t>
+      </w:r>
+      <w:r w:rsidR="002A1C2B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 mm) shorter, establishing the overall diagonal pattern or </w:t>
+      </w:r>
+      <w:r w:rsidR="002A1C2B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">stair-step effect. (Pieces cut from shingles along one rake edge can be used to finish </w:t>
+      </w:r>
+      <w:r w:rsidR="002A1C2B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>off courses on the opposite rake.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85425" w14:textId="77777777" w:rsidR="00165826" w:rsidRDefault="00165826" w:rsidP="00D11D61">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:ind w:left="1170"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Appl</w:t>
+      </w:r>
+      <w:r w:rsidR="009C7535">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>y a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> full shingle adjacent to each of the first </w:t>
+      </w:r>
+      <w:r w:rsidR="002A1C2B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>five</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> courses to extend the pattern.</w:t>
+      </w:r>
+      <w:r w:rsidR="002A1C2B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Butt </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4DA1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002A1C2B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>the shingles loosely together to prevent buckling</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4DA1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85426" w14:textId="77777777" w:rsidR="00BC4DA1" w:rsidRDefault="00165826" w:rsidP="00D11D61">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:ind w:left="1170"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Courses </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4DA1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>six</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> through </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4DA1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ten</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> repeat the process beginning with a full shingle and repeat</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4DA1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4DA1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>the 1-to-</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4DA1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> course cycle on up the roof.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4DA1" w:rsidRPr="00BC4DA1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="187CD343" w14:textId="77777777" w:rsidR="00F96CF5" w:rsidRDefault="00BC4DA1" w:rsidP="00D11D61">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:ind w:left="1170"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Strike a chalk line every six courses or so to ensure straight courses. Shingles may be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">laid from either lower corner of the roof. Start at the rake edge and follow layout and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">cutting instructions as required for proper application. Installation of shingles with a </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A8F31B4" w14:textId="77777777" w:rsidR="00F96CF5" w:rsidRDefault="00BC4DA1" w:rsidP="00F96CF5">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:ind w:left="1170" w:firstLine="570"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>corner of roof. The starter course shall overhang the edge metal 1/4 to 3/4 inch (6 mm</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1BFEC3F2" w14:textId="77777777" w:rsidR="003D3337" w:rsidRDefault="003D3337" w:rsidP="003D3337">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00F96CF5">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>inch (102 mm) offset is also acceptable. Offsets must be no less than 4 inches</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85427" w14:textId="2045A31C" w:rsidR="004C3ECC" w:rsidRPr="00F13AA3" w:rsidRDefault="00BC4DA1" w:rsidP="00F96CF5">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:ind w:left="1170" w:firstLine="570"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>to 19 mm). Fasten with four (4) nails, 1-1/2 inches to 3 inches (38 to 76 mm) up from</w:t>
-[...32 lines deleted...]
-    <w:p w14:paraId="4BD85421" w14:textId="6C2711D4" w:rsidR="00165826" w:rsidRDefault="00C039D8" w:rsidP="00923F1B">
+        <w:t>(102 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD85428" w14:textId="77777777" w:rsidR="004C3ECC" w:rsidRDefault="004C3ECC" w:rsidP="00D11D61">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:before="200"/>
+        <w:ind w:left="630"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Windsor Shingle Application; 6-3/8 inches (162 mm) Offset - Diagonal Pattern:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C90DC91" w14:textId="77777777" w:rsidR="00183271" w:rsidRPr="00EA404F" w:rsidRDefault="00183271" w:rsidP="00183271">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="1710" w:hanging="544"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...17 lines deleted...]
-      <w:r w:rsidR="00923F1B">
+      <w:r w:rsidRPr="00EA404F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Starter courses: Install Malarkey Smart Start starter shingles; apply to eave and rake</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...540 lines deleted...]
-        <w:t>; apply to eave and rake edges of roof.</w:t>
+      <w:r w:rsidRPr="00EA404F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>edges of roof.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD8542A" w14:textId="77777777" w:rsidR="004C3ECC" w:rsidRDefault="004C3ECC" w:rsidP="00D11D61">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="1710" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Apply the initial, full-length starter shingle </w:t>
       </w:r>
       <w:r w:rsidR="001B4BB2">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>on</w:t>
@@ -15684,76 +16546,76 @@
         </w:rPr>
         <w:t xml:space="preserve"> mm) piece over the</w:t>
       </w:r>
       <w:r w:rsidR="00465343">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> underlying</w:t>
       </w:r>
       <w:r w:rsidRPr="00741A83">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> first course shingle. </w:t>
       </w:r>
       <w:r w:rsidR="0013777E">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="00741A83">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">he </w:t>
+        <w:t>he bottom edge</w:t>
+      </w:r>
+      <w:r w:rsidR="0013777E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the shingle tabs should line up</w:t>
       </w:r>
       <w:r w:rsidRPr="00741A83">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6240D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with the top edge of the cutouts in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6240D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>bottom edge</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">with the top edge of the cutouts in the underlying shingle, </w:t>
+        <w:t xml:space="preserve">underlying shingle, </w:t>
       </w:r>
       <w:r w:rsidRPr="00741A83">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>exposing the first course 5-</w:t>
       </w:r>
       <w:r w:rsidR="00F6240D">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00741A83">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="00F6240D">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
@@ -16341,58 +17203,60 @@
       <w:r w:rsidR="00510697">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00741A83">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>6 </w:t>
       </w:r>
       <w:r w:rsidRPr="00741A83">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>mm). Secure with fasteners.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD85434" w14:textId="77777777" w:rsidR="004C3ECC" w:rsidRDefault="00DF20C4" w:rsidP="00D11D61">
+    <w:p w14:paraId="4BD85434" w14:textId="77777777" w:rsidR="004C3ECC" w:rsidRDefault="00DF20C4" w:rsidP="001C3C68">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
+        <w:keepNext/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="11"/>
         </w:numPr>
-        <w:ind w:left="1710" w:hanging="540"/>
+        <w:ind w:left="1713" w:hanging="547"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Another way to position it is to align the right side with the right outside </w:t>
       </w:r>
       <w:r w:rsidRPr="008D5032">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>notch</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the underlying </w:t>
       </w:r>
       <w:r w:rsidR="00273B17" w:rsidRPr="008D5032">
         <w:rPr>
           <w:sz w:val="20"/>
@@ -16612,163 +17476,145 @@
       <w:r w:rsidR="00C70C12">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> across</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> the valley</w:t>
       </w:r>
       <w:r w:rsidR="00C70C12">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> liner and up the opposite side at least 12" (305 mm)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> or overlap the valley liner a minimum of 6 inches (152 mm) on each side. When fastening, none should be placed closer than 6 inches (152 mm) from the valley centerline.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD8543A" w14:textId="3D226A66" w:rsidR="00F837E9" w:rsidRDefault="003B1641" w:rsidP="00D11D61">
+    <w:p w14:paraId="4BD8543A" w14:textId="77B87FBB" w:rsidR="00F837E9" w:rsidRDefault="003B1641" w:rsidP="00D11D61">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="1710" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F837E9">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Closed-cut </w:t>
       </w:r>
       <w:r w:rsidR="00164C5E" w:rsidRPr="00F837E9">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidRPr="00F837E9">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">alleys: </w:t>
       </w:r>
       <w:r w:rsidR="00164C5E" w:rsidRPr="00F837E9">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Start</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> on the roof</w:t>
+        <w:t>La</w:t>
+      </w:r>
+      <w:r w:rsidR="009C7535">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>y a</w:t>
+      </w:r>
+      <w:r w:rsidR="00164C5E" w:rsidRPr="00F837E9">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> first course</w:t>
       </w:r>
       <w:r w:rsidRPr="00F837E9">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> face</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> that has less slope or height</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00164C5E" w:rsidRPr="00F837E9">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>. La</w:t>
-[...5 lines deleted...]
-        <w:t>y a</w:t>
+        <w:t>of shingles along the eave</w:t>
+      </w:r>
+      <w:r w:rsidR="001802FD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on one side of the roof</w:t>
+      </w:r>
+      <w:r w:rsidR="00794CD0" w:rsidRPr="00F837E9">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00164C5E" w:rsidRPr="00F837E9">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> first course</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001802FD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and continue it </w:t>
+      </w:r>
+      <w:r w:rsidR="00164C5E" w:rsidRPr="00F837E9">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>across</w:t>
       </w:r>
       <w:r w:rsidRPr="00F837E9">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> and onto the adjoining </w:t>
+        <w:t xml:space="preserve"> the valley and onto the adjoining </w:t>
       </w:r>
       <w:r w:rsidR="00164C5E" w:rsidRPr="00F837E9">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>roof</w:t>
       </w:r>
       <w:r w:rsidRPr="00F837E9">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
       <w:r w:rsidR="00D9775E" w:rsidRPr="00F837E9">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>minimum of</w:t>
       </w:r>
       <w:r w:rsidRPr="00F837E9">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -16990,51 +17836,63 @@
         </w:rPr>
         <w:t xml:space="preserve"> (25 mm), 45</w:t>
       </w:r>
       <w:r w:rsidR="00D71B18" w:rsidRPr="00F837E9">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> degree</w:t>
       </w:r>
       <w:r w:rsidR="00794CD0" w:rsidRPr="00F837E9">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> cut. Embed the ends of the cut valley shingles in a continuous 3</w:t>
       </w:r>
       <w:r w:rsidR="002146CB" w:rsidRPr="00F837E9">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> inch</w:t>
       </w:r>
       <w:r w:rsidR="00794CD0" w:rsidRPr="00F837E9">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (76 mm) wide bead of mastic.</w:t>
+        <w:t xml:space="preserve"> (76 mm) wide bead of </w:t>
+      </w:r>
+      <w:r w:rsidR="001802FD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>asphalt roof cement</w:t>
+      </w:r>
+      <w:r w:rsidR="00794CD0" w:rsidRPr="00F837E9">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD8543B" w14:textId="77777777" w:rsidR="00C078BD" w:rsidRDefault="001027D9" w:rsidP="00D11D61">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="1710" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F837E9">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Open metal valleys: </w:t>
       </w:r>
       <w:r w:rsidR="00CF0322" w:rsidRPr="00F837E9">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -17150,103 +18008,94 @@
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (102</w:t>
       </w:r>
       <w:r w:rsidR="00D000FC" w:rsidRPr="00F837E9">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00CF0322" w:rsidRPr="00F837E9">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">mm) and embedded in a continuous bead of sealant. </w:t>
       </w:r>
       <w:r w:rsidR="00D000FC" w:rsidRPr="00F837E9">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>Do not fasten the metal laps</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF0322" w:rsidRPr="00F837E9">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. La</w:t>
+      </w:r>
+      <w:r w:rsidR="009C7535">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>y a</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF0322" w:rsidRPr="00F837E9">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D000FC" w:rsidRPr="00F837E9">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>fi</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF0322" w:rsidRPr="00F837E9">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rst course of shingles along the eave of one roof </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF0322" w:rsidRPr="00F837E9">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Do not fasten the metal laps</w:t>
-[...50 lines deleted...]
-        <w:t xml:space="preserve"> of one roof area and over the valley, making sure the end of the last shingle meets or goes beyond the centerline of the metal valley. Complete the installation of shingles on that roof section. After all shingles have been installed in the valley, snap a chalk line 2</w:t>
+        <w:t>area and over the valley, making sure the end of the last shingle meets or goes beyond the centerline of the metal valley. Complete the installation of shingles on that roof section. After all shingles have been installed in the valley, snap a chalk line 2</w:t>
       </w:r>
       <w:r w:rsidR="002146CB" w:rsidRPr="00F837E9">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> inches</w:t>
       </w:r>
       <w:r w:rsidR="00CF0322" w:rsidRPr="00F837E9">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (51 mm) from the center of the metal valley, and trim shingles to the chalk line, matching the centerline angle. Crop the tops of each shingle course at a 1</w:t>
       </w:r>
       <w:r w:rsidR="002146CB" w:rsidRPr="00F837E9">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> inch</w:t>
       </w:r>
       <w:r w:rsidR="00CF0322" w:rsidRPr="00F837E9">
         <w:rPr>
           <w:sz w:val="20"/>
@@ -17498,92 +18347,98 @@
         </w:numPr>
         <w:ind w:left="1710" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Fasteners per shingle: Four</w:t>
       </w:r>
       <w:r w:rsidR="00187E9F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (4)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD85447" w14:textId="32099A2D" w:rsidR="00CD76D0" w:rsidRPr="00D65B65" w:rsidRDefault="003E3083" w:rsidP="00D11D61">
+    <w:p w14:paraId="4BD85447" w14:textId="5DBF3800" w:rsidR="00CD76D0" w:rsidRPr="00D65B65" w:rsidRDefault="003E3083" w:rsidP="00D11D61">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="1710" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Steep slope fastening (roof decks &gt; 21:12)</w:t>
       </w:r>
       <w:r w:rsidR="0097210A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Six (6), including starter shingles</w:t>
       </w:r>
       <w:r w:rsidR="00D65B65">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>, and hand-sealing underneath</w:t>
       </w:r>
       <w:r w:rsidR="00BF5FC0">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> with ASTM D4586</w:t>
       </w:r>
+      <w:r w:rsidR="00343D73">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> asphalt roof cement</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD85448" w14:textId="77777777" w:rsidR="00CD76D0" w:rsidRDefault="00187E9F" w:rsidP="00D11D61">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:ind w:left="1170" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Windsor</w:t>
@@ -17757,51 +18612,51 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Six</w:t>
       </w:r>
       <w:r w:rsidR="00CD76D0">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00CD76D0">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD8544D" w14:textId="1DB3BF7F" w:rsidR="003B1641" w:rsidRPr="00CD76D0" w:rsidRDefault="00CD76D0" w:rsidP="00D11D61">
+    <w:p w14:paraId="4BD8544D" w14:textId="1E32F52D" w:rsidR="003B1641" w:rsidRPr="00CD76D0" w:rsidRDefault="00CD76D0" w:rsidP="00D11D61">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="1710" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD76D0">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Steep slope fastening (roof decks &gt; 21:12)</w:t>
       </w:r>
       <w:r w:rsidR="0097210A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00CD76D0">
         <w:rPr>
@@ -17816,174 +18671,180 @@
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00CD76D0">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>six</w:t>
       </w:r>
       <w:r w:rsidR="0073017E">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (6) each for Windsor Starter shingles and Smart Start starter shingles,</w:t>
       </w:r>
       <w:r w:rsidR="0097210A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and hand-sealing of tabs</w:t>
       </w:r>
       <w:r w:rsidR="00BF5FC0">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> with ASTM D4586</w:t>
+      </w:r>
+      <w:r w:rsidR="006778A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> asphalt roof cement</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD76D0">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD8544E" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4BD8544F" w14:textId="77777777" w:rsidR="003B1641" w:rsidRDefault="003B1641">
       <w:pPr>
         <w:pStyle w:val="ARCATTitle"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>END OF SECTION</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="003B1641" w:rsidSect="00B87A2E">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0EB2EB11" w14:textId="77777777" w:rsidR="00C62078" w:rsidRDefault="00C62078">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2A22DCEB" w14:textId="77777777" w:rsidR="00C62078" w:rsidRDefault="00C62078">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HelveticaNeueLT Std">
     <w:altName w:val="HelveticaNeueLT Std"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4BD85455" w14:textId="77777777" w:rsidR="00C435AB" w:rsidRDefault="00C435AB">
     <w:pPr>
       <w:pStyle w:val="ARCATfooter"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>07 31 13-</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:snapToGrid w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:snapToGrid w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
@@ -17997,134 +18858,134 @@
       <w:rPr>
         <w:noProof/>
         <w:snapToGrid w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:snapToGrid w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4BD85457" w14:textId="77777777" w:rsidR="00C435AB" w:rsidRDefault="00C435AB" w:rsidP="00B371D5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>07 31 13-</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:snapToGrid w:val="0"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:snapToGrid w:val="0"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:snapToGrid w:val="0"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:snapToGrid w:val="0"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:snapToGrid w:val="0"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="56217EFF" w14:textId="77777777" w:rsidR="00C62078" w:rsidRDefault="00C62078">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6E328E6B" w14:textId="77777777" w:rsidR="00C62078" w:rsidRDefault="00C62078">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4BD85454" w14:textId="77777777" w:rsidR="00C435AB" w:rsidRDefault="00C435AB" w:rsidP="00B87A2E">
     <w:pPr>
       <w:pStyle w:val="ARCATheader"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4BD85456" w14:textId="31EAFE1D" w:rsidR="00C435AB" w:rsidRDefault="00851620" w:rsidP="00B87A2E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3D3BCA21" wp14:editId="6E544514">
           <wp:extent cx="2228850" cy="457200"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
@@ -18147,51 +19008,51 @@
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2228850" cy="457200"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CBD897DA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1.%2 "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
@@ -18367,50 +19228,172 @@
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%9)"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="07A0339A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="57CA58F0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%1.%2 "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%7)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%8)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%9)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09192EC1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5838D648"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="PART  %1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1.%2 "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
@@ -18443,173 +19426,50 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
-      </w:rPr>
-[...121 lines deleted...]
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%7)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
@@ -18972,56 +19832,178 @@
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="18ED0254"/>
+    <w:nsid w:val="165205D0"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="DF322DD4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%1.%2 "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%7)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%8)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%9)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="18D13E4A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B39AC778"/>
-[...2 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+    <w:tmpl w:val="A8EE48CC"/>
+    <w:lvl w:ilvl="0" w:tplc="04090015">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
@@ -19057,51 +20039,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6200" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6920" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7640" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="19725035"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C206FCB4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -19170,51 +20152,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1AE15FBD"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A0EC2F1E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="PART  %1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1.%2 "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
@@ -19290,51 +20272,51 @@
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1C784E30"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="22E899E4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="PART  %1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1.%2 "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
@@ -19409,51 +20391,51 @@
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F716E23"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8DB62178"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="PART  %1"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1.%2 "/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
@@ -19502,51 +20484,51 @@
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%9)"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="234702AA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D1D0CA3E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="PART  %1"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1.%2 "/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
@@ -19598,51 +20580,174 @@
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%9)"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="25463746"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C5886D2A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="PART  %1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%1.%2 "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%7)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%8)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%9)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="27CC73EC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B1FECE6A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1.%2 "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
@@ -19720,51 +20825,51 @@
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="29DE64A3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C952F0B6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1.%2 "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
@@ -19842,54 +20947,54 @@
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2B161E54"/>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2B215047"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="5EAC7B3A"/>
+    <w:tmpl w:val="F0207A96"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="PART  %1"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1.%2 "/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
@@ -19938,147 +21043,51 @@
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%9)"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
-[...95 lines deleted...]
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2CAF61C9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6C8A436E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1.%2 "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
@@ -20156,51 +21165,174 @@
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2D3F11E2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B1488748"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="PART  %1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%1.%2 "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%7)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%8)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%9)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D4324DB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="74E041D2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="PART  %1"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1.%2 "/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
@@ -20249,51 +21381,51 @@
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%9)"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2EA351FC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="655CE8E6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1.%2 "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
@@ -20371,147 +21503,51 @@
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
-[...95 lines deleted...]
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30015B2F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C0C00694"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="PART  %1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1.%2 "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
@@ -20586,51 +21622,51 @@
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34E90540"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="687853C0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="PART  %1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1.%2 "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
@@ -20709,51 +21745,51 @@
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35D67F7C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5492E282"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -20795,51 +21831,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36674837"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E790206E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1.%2 "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
@@ -20917,51 +21953,174 @@
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="36CE4793"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D9063DA4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="PART  %1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%1.%2 "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%7)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%8)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%9)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="380A199F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D36C54E8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1.%2 "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
@@ -21039,140 +22198,51 @@
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
-[...88 lines deleted...]
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B166E37"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="78749F04"/>
     <w:lvl w:ilvl="0" w:tplc="1424FC3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -21217,140 +22287,171 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
-[...4 lines deleted...]
-      <w:start w:val="1"/>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3D1A41E3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="093E0E62"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1)"/>
-[...2 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="PART  %1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%1.%2 "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%5."/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%7)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%8)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8."/>
-[...12 lines deleted...]
-      </w:pPr>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%9)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E7966A3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2DF460EA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="PART  %1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1.%2 "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
@@ -21426,51 +22527,51 @@
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3EF330C1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3EFC9F46"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="PART  %1"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1.%2 "/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
@@ -21522,137 +22623,171 @@
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%9)"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="0409000F">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="405714A8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FD28817E"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="PART  %1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%1.%2 "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:lvlText w:val="%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%5."/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%7)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%8)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8."/>
-[...12 lines deleted...]
-      </w:pPr>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%9)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44663431"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D6808F0E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="PART  %1"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1.%2 "/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
@@ -21704,51 +22839,51 @@
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%9)"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44787D16"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="02746ED0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="PART  %1"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1.%2 "/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
@@ -21800,51 +22935,174 @@
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%9)"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4845541D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="94F8962E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="PART  %1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%1.%2 "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%7)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%8)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%9)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="491730E1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5E0C6086"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1.%2 "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
@@ -21922,51 +23180,173 @@
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4D3C2AED"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D4926582"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%1.%2 "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%7)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%8)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%9)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4EC51F2A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4D4CF1B0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="PART  %1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1.%2 "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
@@ -22042,51 +23422,51 @@
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="50062C22"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0BAAC9FE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="PART  %1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1.%2 "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
@@ -22161,51 +23541,51 @@
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="50187BE6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0B86942C"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
@@ -22274,51 +23654,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="538D1F69"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="351496D4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1.%2 "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
@@ -22396,51 +23776,51 @@
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53D26EF8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="04DE13C4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="PART  %1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1.%2 "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
@@ -22515,51 +23895,51 @@
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="561655C1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7AE086E0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="PART  %1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1.%2 "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
@@ -22634,51 +24014,51 @@
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57A64419"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="06BCBC2C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="PART  %1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1.%2 "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
@@ -22753,51 +24133,140 @@
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="58922265"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="76C277F8"/>
+    <w:lvl w:ilvl="0" w:tplc="28A4772E">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F296627"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3C94829A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="PART  %1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1.%2 "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
@@ -22872,137 +24341,293 @@
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="0409000F">
+  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5FB8718E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4D52AA94"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2448" w:hanging="360"/>
-[...3 lines deleted...]
-      <w:start w:val="1"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%1.%2 "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="3"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
-[...7 lines deleted...]
-      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%7)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%8)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%9)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66E10618"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="05A6087A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="PART  %1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%1.%2 "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%3."/>
-      <w:lvlJc w:val="right"/>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:suff w:val="nothing"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4608" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5328" w:hanging="360"/>
-[...11 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:lvlText w:val="%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8."/>
-[...12 lines deleted...]
-      </w:pPr>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%7)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%8)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%9)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A4705A5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="780E25DA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="PART  %1"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1.%2 "/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
@@ -23051,51 +24676,51 @@
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%9)"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D7E5BAC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7BE46186"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="PART  %1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1.%2 "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
@@ -23171,51 +24796,140 @@
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="51" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6E1F6213"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8F82E2A4"/>
+    <w:lvl w:ilvl="0" w:tplc="48F0B232">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="52" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F1F4A0D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0B4E0C1A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="PART  %1"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1.%2 "/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
@@ -23264,51 +24978,51 @@
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%9)"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="53" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="740957B5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F746DFA8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="PART  %1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1.%2 "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
@@ -23387,270 +25101,174 @@
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="78A05EE3"/>
+  <w:abstractNum w:abstractNumId="54" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="78BB61DA"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="0F348712"/>
+    <w:tmpl w:val="B9F69022"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="PART  %1"/>
       <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1.%2 "/>
       <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%6)"/>
       <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%7)"/>
       <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%9)"/>
       <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
-[...122 lines deleted...]
-  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="55" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7AA909B6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="86C6DF12"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="PART  %1"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1.%2 "/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
@@ -23706,750 +25324,827 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%9)"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="691613234">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1704360421">
-    <w:abstractNumId w:val="37"/>
+    <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="770734383">
-    <w:abstractNumId w:val="41"/>
+    <w:abstractNumId w:val="44"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="29644778">
-    <w:abstractNumId w:val="45"/>
+    <w:abstractNumId w:val="50"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="8795390">
-    <w:abstractNumId w:val="35"/>
+    <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1855000067">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="40054956">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="881399521">
-    <w:abstractNumId w:val="40"/>
+    <w:abstractNumId w:val="43"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="806824730">
-    <w:abstractNumId w:val="42"/>
+    <w:abstractNumId w:val="46"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="617223068">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1584492074">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="820273423">
-    <w:abstractNumId w:val="39"/>
+    <w:abstractNumId w:val="42"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1987122390">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="763652052">
+    <w:abstractNumId w:val="53"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="61372215">
+    <w:abstractNumId w:val="55"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1027558354">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="805700576">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="917789662">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1066800584">
+    <w:abstractNumId w:val="52"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1470398394">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="763652052">
-[...19 lines deleted...]
-  </w:num>
   <w:num w:numId="21" w16cid:durableId="941569767">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1863395440">
-    <w:abstractNumId w:val="44"/>
+    <w:abstractNumId w:val="49"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1708943122">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="258947255">
-    <w:abstractNumId w:val="33"/>
+    <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="1931543149">
+  <w:num w:numId="25" w16cid:durableId="656688363">
+    <w:abstractNumId w:val="54"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1616249933">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="539050638">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1648123106">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1981809719">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="995764947">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="203296951">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="636955897">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1580870160">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="2056654223">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="17892650">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="374040305">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="1314530295">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="210575140">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="691028305">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="1595819344">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="1555850332">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="1411342813">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="1985743512">
+  <w:num w:numId="43" w16cid:durableId="1432817506">
     <w:abstractNumId w:val="48"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="923031761">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="44" w16cid:durableId="132337053">
+    <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="656688363">
-    <w:abstractNumId w:val="49"/>
+  <w:num w:numId="45" w16cid:durableId="688221555">
+    <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="1616249933">
+  <w:num w:numId="46" w16cid:durableId="926428123">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="47" w16cid:durableId="229969542">
+    <w:abstractNumId w:val="45"/>
+  </w:num>
+  <w:num w:numId="48" w16cid:durableId="796339823">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="49" w16cid:durableId="941689994">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="50" w16cid:durableId="1067071804">
+    <w:abstractNumId w:val="47"/>
+  </w:num>
+  <w:num w:numId="51" w16cid:durableId="104276014">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="52" w16cid:durableId="1895045582">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="53" w16cid:durableId="1332100256">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="54" w16cid:durableId="1796559422">
+    <w:abstractNumId w:val="51"/>
+  </w:num>
+  <w:num w:numId="55" w16cid:durableId="1668709966">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="56" w16cid:durableId="2015956900">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="539050638">
-[...65 lines deleted...]
-  <w:numIdMacAtCleanup w:val="44"/>
+  <w:numIdMacAtCleanup w:val="53"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="580"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="3"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0088582E"/>
+    <w:rsid w:val="000013FD"/>
+    <w:rsid w:val="0000684F"/>
     <w:rsid w:val="00007744"/>
     <w:rsid w:val="000101CF"/>
     <w:rsid w:val="00011BCA"/>
     <w:rsid w:val="00011CE0"/>
     <w:rsid w:val="000135F4"/>
     <w:rsid w:val="00013DAA"/>
     <w:rsid w:val="000175F3"/>
     <w:rsid w:val="00020C8C"/>
     <w:rsid w:val="0003145A"/>
     <w:rsid w:val="00032979"/>
     <w:rsid w:val="00034A16"/>
     <w:rsid w:val="00041051"/>
     <w:rsid w:val="000439D4"/>
     <w:rsid w:val="00045E99"/>
     <w:rsid w:val="00061D32"/>
     <w:rsid w:val="000621F1"/>
     <w:rsid w:val="00074E11"/>
     <w:rsid w:val="00077267"/>
     <w:rsid w:val="000775B0"/>
+    <w:rsid w:val="00081B59"/>
     <w:rsid w:val="00084162"/>
     <w:rsid w:val="0008535F"/>
     <w:rsid w:val="000924CD"/>
     <w:rsid w:val="00093650"/>
+    <w:rsid w:val="000A0C9A"/>
     <w:rsid w:val="000A1449"/>
     <w:rsid w:val="000A61FC"/>
     <w:rsid w:val="000A6FF5"/>
+    <w:rsid w:val="000B1F3B"/>
     <w:rsid w:val="000C2191"/>
     <w:rsid w:val="000C475A"/>
     <w:rsid w:val="000C4920"/>
     <w:rsid w:val="000D2602"/>
     <w:rsid w:val="000D2634"/>
+    <w:rsid w:val="000D7A33"/>
     <w:rsid w:val="000E32BE"/>
     <w:rsid w:val="000E4971"/>
+    <w:rsid w:val="000E7B15"/>
+    <w:rsid w:val="000F03DE"/>
     <w:rsid w:val="000F08DC"/>
     <w:rsid w:val="000F27A6"/>
+    <w:rsid w:val="000F2F0B"/>
     <w:rsid w:val="001027D9"/>
     <w:rsid w:val="00107F2F"/>
     <w:rsid w:val="0011117E"/>
     <w:rsid w:val="00113F9F"/>
     <w:rsid w:val="00116AA2"/>
     <w:rsid w:val="00117DCA"/>
+    <w:rsid w:val="00125686"/>
     <w:rsid w:val="00132F4C"/>
     <w:rsid w:val="0013777E"/>
     <w:rsid w:val="00140861"/>
     <w:rsid w:val="0014422D"/>
     <w:rsid w:val="00145FCB"/>
     <w:rsid w:val="00150392"/>
     <w:rsid w:val="00153F29"/>
     <w:rsid w:val="001542D7"/>
     <w:rsid w:val="001550D2"/>
     <w:rsid w:val="00157249"/>
     <w:rsid w:val="00164C5E"/>
     <w:rsid w:val="001656CA"/>
     <w:rsid w:val="00165826"/>
     <w:rsid w:val="00171B41"/>
     <w:rsid w:val="0017638F"/>
+    <w:rsid w:val="001802FD"/>
+    <w:rsid w:val="00183271"/>
     <w:rsid w:val="001850AC"/>
     <w:rsid w:val="00187E9F"/>
     <w:rsid w:val="00190065"/>
     <w:rsid w:val="00190540"/>
     <w:rsid w:val="001950AC"/>
     <w:rsid w:val="00195A9A"/>
     <w:rsid w:val="001A6818"/>
     <w:rsid w:val="001B0338"/>
     <w:rsid w:val="001B3ADF"/>
     <w:rsid w:val="001B4BB2"/>
     <w:rsid w:val="001C1A41"/>
+    <w:rsid w:val="001C3C68"/>
     <w:rsid w:val="001D65D1"/>
+    <w:rsid w:val="001E0DBD"/>
     <w:rsid w:val="001E5C0B"/>
     <w:rsid w:val="001E7E56"/>
     <w:rsid w:val="001F1664"/>
     <w:rsid w:val="001F3DE4"/>
     <w:rsid w:val="001F6167"/>
     <w:rsid w:val="0020040D"/>
     <w:rsid w:val="0020083B"/>
     <w:rsid w:val="00205217"/>
     <w:rsid w:val="00206620"/>
     <w:rsid w:val="00210273"/>
+    <w:rsid w:val="00213EDA"/>
     <w:rsid w:val="002146CB"/>
     <w:rsid w:val="00220BF9"/>
     <w:rsid w:val="002271A1"/>
     <w:rsid w:val="00227B54"/>
+    <w:rsid w:val="002307B1"/>
     <w:rsid w:val="00236A35"/>
     <w:rsid w:val="002447A4"/>
     <w:rsid w:val="00246DAF"/>
+    <w:rsid w:val="00247C1F"/>
     <w:rsid w:val="00250FB9"/>
     <w:rsid w:val="002525C4"/>
+    <w:rsid w:val="002565BF"/>
     <w:rsid w:val="00265307"/>
     <w:rsid w:val="002737C2"/>
     <w:rsid w:val="00273B17"/>
     <w:rsid w:val="00282CE5"/>
     <w:rsid w:val="00284808"/>
     <w:rsid w:val="00295630"/>
     <w:rsid w:val="00295CFA"/>
     <w:rsid w:val="00296CBB"/>
     <w:rsid w:val="002A044C"/>
     <w:rsid w:val="002A1BBE"/>
     <w:rsid w:val="002A1C2B"/>
     <w:rsid w:val="002A368B"/>
     <w:rsid w:val="002A41DD"/>
     <w:rsid w:val="002B2847"/>
     <w:rsid w:val="002B2FC4"/>
+    <w:rsid w:val="002B39EF"/>
     <w:rsid w:val="002B493F"/>
     <w:rsid w:val="002C230B"/>
+    <w:rsid w:val="002D732E"/>
     <w:rsid w:val="002E06F4"/>
     <w:rsid w:val="002E2303"/>
     <w:rsid w:val="002E40FB"/>
     <w:rsid w:val="002E691E"/>
     <w:rsid w:val="002E695C"/>
     <w:rsid w:val="002F3E45"/>
     <w:rsid w:val="002F7F1D"/>
     <w:rsid w:val="0030746C"/>
     <w:rsid w:val="00311AEE"/>
     <w:rsid w:val="0031425C"/>
     <w:rsid w:val="00315B33"/>
     <w:rsid w:val="003205CC"/>
     <w:rsid w:val="00325DBE"/>
     <w:rsid w:val="003310F8"/>
     <w:rsid w:val="00332886"/>
     <w:rsid w:val="003345A2"/>
     <w:rsid w:val="00334918"/>
+    <w:rsid w:val="00343D73"/>
     <w:rsid w:val="003650CE"/>
     <w:rsid w:val="00366D13"/>
     <w:rsid w:val="0037176F"/>
     <w:rsid w:val="00371E18"/>
     <w:rsid w:val="00375717"/>
     <w:rsid w:val="003800D2"/>
     <w:rsid w:val="00381D37"/>
     <w:rsid w:val="00381D72"/>
     <w:rsid w:val="00382865"/>
     <w:rsid w:val="003828C7"/>
     <w:rsid w:val="003836F5"/>
     <w:rsid w:val="00383A74"/>
     <w:rsid w:val="00386397"/>
     <w:rsid w:val="003931FF"/>
+    <w:rsid w:val="00394E1C"/>
     <w:rsid w:val="003A0B7E"/>
     <w:rsid w:val="003A1CDA"/>
     <w:rsid w:val="003A2B84"/>
     <w:rsid w:val="003A3055"/>
     <w:rsid w:val="003A6B1B"/>
     <w:rsid w:val="003B0728"/>
     <w:rsid w:val="003B1641"/>
     <w:rsid w:val="003B290C"/>
     <w:rsid w:val="003B2A44"/>
     <w:rsid w:val="003C0622"/>
     <w:rsid w:val="003C2D7C"/>
     <w:rsid w:val="003C4319"/>
     <w:rsid w:val="003C6B74"/>
     <w:rsid w:val="003D0B51"/>
     <w:rsid w:val="003D3337"/>
     <w:rsid w:val="003D4B10"/>
     <w:rsid w:val="003D7B87"/>
     <w:rsid w:val="003E3083"/>
     <w:rsid w:val="003E3D50"/>
+    <w:rsid w:val="003F0A56"/>
     <w:rsid w:val="003F4F21"/>
     <w:rsid w:val="003F64F6"/>
+    <w:rsid w:val="003F77A4"/>
     <w:rsid w:val="00406600"/>
     <w:rsid w:val="004066B1"/>
     <w:rsid w:val="004212E7"/>
     <w:rsid w:val="00421B27"/>
+    <w:rsid w:val="00422C69"/>
+    <w:rsid w:val="004429CD"/>
     <w:rsid w:val="00452754"/>
     <w:rsid w:val="0045347D"/>
     <w:rsid w:val="00456BC7"/>
     <w:rsid w:val="00463718"/>
     <w:rsid w:val="00463A2B"/>
     <w:rsid w:val="004645E0"/>
     <w:rsid w:val="00465343"/>
+    <w:rsid w:val="00473232"/>
     <w:rsid w:val="0047481A"/>
     <w:rsid w:val="00481A66"/>
     <w:rsid w:val="00483F72"/>
     <w:rsid w:val="004841CF"/>
     <w:rsid w:val="00485B11"/>
     <w:rsid w:val="004932EE"/>
     <w:rsid w:val="0049569B"/>
     <w:rsid w:val="004959D5"/>
     <w:rsid w:val="00495B7F"/>
     <w:rsid w:val="00497232"/>
     <w:rsid w:val="004A7A6D"/>
     <w:rsid w:val="004B1B39"/>
     <w:rsid w:val="004C043C"/>
     <w:rsid w:val="004C0822"/>
     <w:rsid w:val="004C09F1"/>
     <w:rsid w:val="004C216A"/>
     <w:rsid w:val="004C3A7F"/>
     <w:rsid w:val="004C3ECC"/>
     <w:rsid w:val="004D16D3"/>
     <w:rsid w:val="004D1BFB"/>
     <w:rsid w:val="004E188D"/>
+    <w:rsid w:val="004E452B"/>
     <w:rsid w:val="004E62C1"/>
     <w:rsid w:val="005040DC"/>
     <w:rsid w:val="005069C3"/>
     <w:rsid w:val="00510697"/>
+    <w:rsid w:val="00513DF6"/>
     <w:rsid w:val="00515E32"/>
     <w:rsid w:val="00517F66"/>
     <w:rsid w:val="00522346"/>
     <w:rsid w:val="00523728"/>
     <w:rsid w:val="00523C06"/>
     <w:rsid w:val="0052459D"/>
     <w:rsid w:val="00524C51"/>
     <w:rsid w:val="00537197"/>
     <w:rsid w:val="005419D4"/>
     <w:rsid w:val="00541E13"/>
     <w:rsid w:val="005424F2"/>
     <w:rsid w:val="00543065"/>
     <w:rsid w:val="005433BF"/>
     <w:rsid w:val="00550881"/>
     <w:rsid w:val="00552F69"/>
     <w:rsid w:val="0055463E"/>
     <w:rsid w:val="005546D3"/>
     <w:rsid w:val="00554D5A"/>
     <w:rsid w:val="00555489"/>
     <w:rsid w:val="00565325"/>
     <w:rsid w:val="00565750"/>
     <w:rsid w:val="00567538"/>
     <w:rsid w:val="00570188"/>
     <w:rsid w:val="005706A6"/>
     <w:rsid w:val="005775D6"/>
+    <w:rsid w:val="0058239A"/>
     <w:rsid w:val="00582A0F"/>
     <w:rsid w:val="00582AC1"/>
     <w:rsid w:val="005846CE"/>
     <w:rsid w:val="00591C9C"/>
     <w:rsid w:val="00593868"/>
+    <w:rsid w:val="005945CF"/>
     <w:rsid w:val="00594C43"/>
     <w:rsid w:val="00596E11"/>
     <w:rsid w:val="005A1CF0"/>
     <w:rsid w:val="005A52BC"/>
+    <w:rsid w:val="005A6F5F"/>
     <w:rsid w:val="005B4BAD"/>
     <w:rsid w:val="005B6376"/>
     <w:rsid w:val="005C13B4"/>
     <w:rsid w:val="005C446C"/>
     <w:rsid w:val="005C4D49"/>
     <w:rsid w:val="005D3AEC"/>
     <w:rsid w:val="005D5EBC"/>
     <w:rsid w:val="005D7374"/>
     <w:rsid w:val="005E2624"/>
     <w:rsid w:val="005E3C47"/>
     <w:rsid w:val="005F240F"/>
     <w:rsid w:val="005F6609"/>
     <w:rsid w:val="006034E5"/>
     <w:rsid w:val="00606194"/>
     <w:rsid w:val="00610E79"/>
     <w:rsid w:val="0061138E"/>
     <w:rsid w:val="0061238A"/>
     <w:rsid w:val="00613BE6"/>
     <w:rsid w:val="00616F9C"/>
     <w:rsid w:val="00622075"/>
     <w:rsid w:val="00635FD5"/>
     <w:rsid w:val="00646605"/>
     <w:rsid w:val="00647874"/>
+    <w:rsid w:val="006536B3"/>
     <w:rsid w:val="006621B1"/>
     <w:rsid w:val="0066243F"/>
     <w:rsid w:val="00662FE3"/>
     <w:rsid w:val="00663B4C"/>
+    <w:rsid w:val="00666615"/>
     <w:rsid w:val="00667783"/>
     <w:rsid w:val="006700C0"/>
     <w:rsid w:val="006747C9"/>
     <w:rsid w:val="00674E2C"/>
     <w:rsid w:val="00676CDA"/>
+    <w:rsid w:val="006778A1"/>
     <w:rsid w:val="006838BA"/>
     <w:rsid w:val="006851F9"/>
+    <w:rsid w:val="006904E3"/>
     <w:rsid w:val="006911A6"/>
     <w:rsid w:val="0069641B"/>
     <w:rsid w:val="00697ED2"/>
     <w:rsid w:val="006A56A5"/>
     <w:rsid w:val="006A764C"/>
     <w:rsid w:val="006B3DC3"/>
     <w:rsid w:val="006B52C2"/>
     <w:rsid w:val="006B6065"/>
+    <w:rsid w:val="006B6640"/>
+    <w:rsid w:val="006C2D34"/>
     <w:rsid w:val="006C3446"/>
     <w:rsid w:val="006E2933"/>
+    <w:rsid w:val="006F1424"/>
     <w:rsid w:val="006F3E0F"/>
     <w:rsid w:val="00707252"/>
     <w:rsid w:val="00707D7B"/>
     <w:rsid w:val="007202DE"/>
     <w:rsid w:val="00721363"/>
+    <w:rsid w:val="00721844"/>
     <w:rsid w:val="00721FA7"/>
     <w:rsid w:val="0073017E"/>
     <w:rsid w:val="00730C87"/>
+    <w:rsid w:val="00732C01"/>
     <w:rsid w:val="00736FBC"/>
     <w:rsid w:val="00737B64"/>
     <w:rsid w:val="00740551"/>
     <w:rsid w:val="00741A83"/>
     <w:rsid w:val="00744495"/>
     <w:rsid w:val="00745F2D"/>
     <w:rsid w:val="00752A29"/>
     <w:rsid w:val="00753902"/>
     <w:rsid w:val="00755A2B"/>
+    <w:rsid w:val="007560F6"/>
     <w:rsid w:val="007654C9"/>
+    <w:rsid w:val="007665FE"/>
     <w:rsid w:val="007722E2"/>
     <w:rsid w:val="007825AA"/>
     <w:rsid w:val="00784E04"/>
     <w:rsid w:val="00794CD0"/>
     <w:rsid w:val="007A131A"/>
     <w:rsid w:val="007A6ACC"/>
     <w:rsid w:val="007A76DC"/>
     <w:rsid w:val="007B2F81"/>
     <w:rsid w:val="007B54F7"/>
     <w:rsid w:val="007C1EBE"/>
     <w:rsid w:val="007D137B"/>
     <w:rsid w:val="007D1B39"/>
     <w:rsid w:val="007D2A69"/>
+    <w:rsid w:val="007D72B4"/>
     <w:rsid w:val="007E0678"/>
     <w:rsid w:val="007E11EE"/>
+    <w:rsid w:val="007E1381"/>
     <w:rsid w:val="007E2A4D"/>
     <w:rsid w:val="007E51DC"/>
     <w:rsid w:val="007E5BB1"/>
     <w:rsid w:val="007F2D65"/>
     <w:rsid w:val="00800290"/>
     <w:rsid w:val="00803D64"/>
     <w:rsid w:val="00805B57"/>
     <w:rsid w:val="00807964"/>
     <w:rsid w:val="00811238"/>
+    <w:rsid w:val="00816A26"/>
     <w:rsid w:val="008204A4"/>
+    <w:rsid w:val="0082373C"/>
     <w:rsid w:val="008250C3"/>
     <w:rsid w:val="008326E5"/>
     <w:rsid w:val="008326FC"/>
     <w:rsid w:val="00842705"/>
     <w:rsid w:val="0084360E"/>
     <w:rsid w:val="00843962"/>
     <w:rsid w:val="008457E9"/>
     <w:rsid w:val="00847C48"/>
     <w:rsid w:val="00851620"/>
     <w:rsid w:val="00852ACB"/>
     <w:rsid w:val="00862A4D"/>
+    <w:rsid w:val="00862D74"/>
     <w:rsid w:val="00864149"/>
     <w:rsid w:val="008660D1"/>
+    <w:rsid w:val="0086768D"/>
     <w:rsid w:val="00872223"/>
     <w:rsid w:val="00873F40"/>
     <w:rsid w:val="00875B48"/>
     <w:rsid w:val="0088093E"/>
     <w:rsid w:val="00882214"/>
     <w:rsid w:val="0088582E"/>
     <w:rsid w:val="0088746D"/>
     <w:rsid w:val="008A0FB9"/>
     <w:rsid w:val="008A1315"/>
     <w:rsid w:val="008A1EA0"/>
     <w:rsid w:val="008A61E9"/>
     <w:rsid w:val="008A6F80"/>
     <w:rsid w:val="008C03A2"/>
     <w:rsid w:val="008C304F"/>
     <w:rsid w:val="008C61CC"/>
     <w:rsid w:val="008D056B"/>
     <w:rsid w:val="008D0DEE"/>
     <w:rsid w:val="008D5032"/>
     <w:rsid w:val="008D7EC0"/>
     <w:rsid w:val="008E084B"/>
+    <w:rsid w:val="008E303B"/>
     <w:rsid w:val="008F47E7"/>
     <w:rsid w:val="00904082"/>
     <w:rsid w:val="0090451E"/>
     <w:rsid w:val="00906DFE"/>
     <w:rsid w:val="00910306"/>
     <w:rsid w:val="00914275"/>
     <w:rsid w:val="00923F1B"/>
     <w:rsid w:val="00926115"/>
     <w:rsid w:val="00943939"/>
     <w:rsid w:val="00947D17"/>
     <w:rsid w:val="0095483F"/>
     <w:rsid w:val="00962EF4"/>
     <w:rsid w:val="00963AF0"/>
     <w:rsid w:val="00964113"/>
     <w:rsid w:val="009667BE"/>
     <w:rsid w:val="00966CA6"/>
     <w:rsid w:val="009676F6"/>
     <w:rsid w:val="00970F5D"/>
     <w:rsid w:val="0097210A"/>
     <w:rsid w:val="00977538"/>
     <w:rsid w:val="00981673"/>
+    <w:rsid w:val="00981AF6"/>
+    <w:rsid w:val="0098240E"/>
     <w:rsid w:val="0098332E"/>
     <w:rsid w:val="00984F4B"/>
     <w:rsid w:val="00987588"/>
     <w:rsid w:val="00987E70"/>
     <w:rsid w:val="00990250"/>
     <w:rsid w:val="0099114A"/>
     <w:rsid w:val="009915D4"/>
     <w:rsid w:val="009947CC"/>
     <w:rsid w:val="00996CEF"/>
     <w:rsid w:val="009A26D4"/>
     <w:rsid w:val="009C0703"/>
     <w:rsid w:val="009C222E"/>
     <w:rsid w:val="009C5F13"/>
     <w:rsid w:val="009C7535"/>
     <w:rsid w:val="009D73C8"/>
     <w:rsid w:val="009E307B"/>
     <w:rsid w:val="009E39F1"/>
     <w:rsid w:val="009F0105"/>
     <w:rsid w:val="009F3C9F"/>
     <w:rsid w:val="00A007FF"/>
     <w:rsid w:val="00A076E5"/>
     <w:rsid w:val="00A100F0"/>
     <w:rsid w:val="00A14946"/>
+    <w:rsid w:val="00A15681"/>
     <w:rsid w:val="00A15BA3"/>
+    <w:rsid w:val="00A34672"/>
     <w:rsid w:val="00A5060C"/>
     <w:rsid w:val="00A534A4"/>
     <w:rsid w:val="00A70332"/>
     <w:rsid w:val="00A70BE6"/>
     <w:rsid w:val="00A715DA"/>
     <w:rsid w:val="00A719D0"/>
     <w:rsid w:val="00A732F7"/>
     <w:rsid w:val="00A75606"/>
     <w:rsid w:val="00A767F2"/>
     <w:rsid w:val="00A80851"/>
+    <w:rsid w:val="00A81549"/>
     <w:rsid w:val="00A83A33"/>
     <w:rsid w:val="00A84BB4"/>
     <w:rsid w:val="00A86C65"/>
     <w:rsid w:val="00A92C8F"/>
     <w:rsid w:val="00A97933"/>
+    <w:rsid w:val="00AB15C4"/>
     <w:rsid w:val="00AB288C"/>
     <w:rsid w:val="00AB2FB7"/>
     <w:rsid w:val="00AB318A"/>
     <w:rsid w:val="00AC1DF0"/>
     <w:rsid w:val="00AC5FA7"/>
     <w:rsid w:val="00AC7450"/>
     <w:rsid w:val="00AD2A72"/>
     <w:rsid w:val="00AD43DA"/>
     <w:rsid w:val="00AE0B2B"/>
     <w:rsid w:val="00AE0E9D"/>
     <w:rsid w:val="00AE25D1"/>
     <w:rsid w:val="00AE36B4"/>
     <w:rsid w:val="00AE4796"/>
     <w:rsid w:val="00AE739B"/>
     <w:rsid w:val="00AF0860"/>
     <w:rsid w:val="00AF13E8"/>
     <w:rsid w:val="00AF2A22"/>
     <w:rsid w:val="00AF75C3"/>
     <w:rsid w:val="00AF7AB9"/>
     <w:rsid w:val="00B03E3A"/>
     <w:rsid w:val="00B05731"/>
     <w:rsid w:val="00B05BD9"/>
     <w:rsid w:val="00B213AA"/>
     <w:rsid w:val="00B23D8C"/>
     <w:rsid w:val="00B240B2"/>
     <w:rsid w:val="00B303FC"/>
     <w:rsid w:val="00B364DB"/>
     <w:rsid w:val="00B36F3E"/>
     <w:rsid w:val="00B371D5"/>
     <w:rsid w:val="00B46334"/>
     <w:rsid w:val="00B51D86"/>
     <w:rsid w:val="00B52EE0"/>
     <w:rsid w:val="00B56917"/>
     <w:rsid w:val="00B60B1C"/>
     <w:rsid w:val="00B612F7"/>
     <w:rsid w:val="00B66DDE"/>
     <w:rsid w:val="00B67F29"/>
     <w:rsid w:val="00B74B7C"/>
     <w:rsid w:val="00B817E3"/>
     <w:rsid w:val="00B87A2E"/>
     <w:rsid w:val="00BA63D7"/>
+    <w:rsid w:val="00BA7A53"/>
     <w:rsid w:val="00BB5D60"/>
     <w:rsid w:val="00BB63BA"/>
     <w:rsid w:val="00BB7C29"/>
+    <w:rsid w:val="00BC1767"/>
     <w:rsid w:val="00BC1998"/>
     <w:rsid w:val="00BC31D0"/>
     <w:rsid w:val="00BC4DA1"/>
     <w:rsid w:val="00BD48CD"/>
     <w:rsid w:val="00BE0B55"/>
     <w:rsid w:val="00BE1051"/>
     <w:rsid w:val="00BE12CB"/>
     <w:rsid w:val="00BE2B93"/>
     <w:rsid w:val="00BF19BD"/>
+    <w:rsid w:val="00BF5221"/>
     <w:rsid w:val="00BF5FC0"/>
     <w:rsid w:val="00BF7A0D"/>
+    <w:rsid w:val="00C026E6"/>
     <w:rsid w:val="00C039D8"/>
     <w:rsid w:val="00C078BD"/>
     <w:rsid w:val="00C1061E"/>
     <w:rsid w:val="00C14B7F"/>
     <w:rsid w:val="00C15774"/>
     <w:rsid w:val="00C233DA"/>
     <w:rsid w:val="00C2402A"/>
     <w:rsid w:val="00C24880"/>
     <w:rsid w:val="00C2588C"/>
     <w:rsid w:val="00C27970"/>
     <w:rsid w:val="00C34558"/>
     <w:rsid w:val="00C4069D"/>
     <w:rsid w:val="00C41DEB"/>
     <w:rsid w:val="00C435AB"/>
     <w:rsid w:val="00C4506D"/>
     <w:rsid w:val="00C46761"/>
     <w:rsid w:val="00C4739E"/>
     <w:rsid w:val="00C47D22"/>
     <w:rsid w:val="00C52561"/>
     <w:rsid w:val="00C52D5B"/>
     <w:rsid w:val="00C62078"/>
     <w:rsid w:val="00C62C6C"/>
     <w:rsid w:val="00C65E83"/>
     <w:rsid w:val="00C70C12"/>
     <w:rsid w:val="00C80874"/>
     <w:rsid w:val="00C8091E"/>
     <w:rsid w:val="00C8124B"/>
     <w:rsid w:val="00C818A7"/>
     <w:rsid w:val="00C87174"/>
     <w:rsid w:val="00C9450A"/>
     <w:rsid w:val="00C97777"/>
+    <w:rsid w:val="00CA63D6"/>
     <w:rsid w:val="00CA6EEC"/>
     <w:rsid w:val="00CB2050"/>
     <w:rsid w:val="00CB72D0"/>
     <w:rsid w:val="00CC2710"/>
     <w:rsid w:val="00CD05A4"/>
     <w:rsid w:val="00CD0BF1"/>
     <w:rsid w:val="00CD0E37"/>
     <w:rsid w:val="00CD2A17"/>
     <w:rsid w:val="00CD33C3"/>
     <w:rsid w:val="00CD39C8"/>
+    <w:rsid w:val="00CD6153"/>
     <w:rsid w:val="00CD76D0"/>
     <w:rsid w:val="00CE2F0E"/>
     <w:rsid w:val="00CE4B11"/>
     <w:rsid w:val="00CF0322"/>
     <w:rsid w:val="00CF2C2B"/>
     <w:rsid w:val="00CF456D"/>
     <w:rsid w:val="00CF4792"/>
     <w:rsid w:val="00CF6C44"/>
     <w:rsid w:val="00D000FC"/>
     <w:rsid w:val="00D0017E"/>
     <w:rsid w:val="00D001C6"/>
     <w:rsid w:val="00D05BB8"/>
     <w:rsid w:val="00D11490"/>
     <w:rsid w:val="00D11D61"/>
     <w:rsid w:val="00D16EA6"/>
     <w:rsid w:val="00D20A9D"/>
     <w:rsid w:val="00D20DAC"/>
     <w:rsid w:val="00D33962"/>
     <w:rsid w:val="00D42CE0"/>
     <w:rsid w:val="00D44C42"/>
     <w:rsid w:val="00D46F89"/>
     <w:rsid w:val="00D52A26"/>
     <w:rsid w:val="00D55C31"/>
     <w:rsid w:val="00D65618"/>
     <w:rsid w:val="00D65B65"/>
@@ -24482,128 +26177,136 @@
     <w:rsid w:val="00E02856"/>
     <w:rsid w:val="00E101F1"/>
     <w:rsid w:val="00E10C3D"/>
     <w:rsid w:val="00E13299"/>
     <w:rsid w:val="00E16C44"/>
     <w:rsid w:val="00E238AD"/>
     <w:rsid w:val="00E31AAB"/>
     <w:rsid w:val="00E34D7D"/>
     <w:rsid w:val="00E366D0"/>
     <w:rsid w:val="00E41365"/>
     <w:rsid w:val="00E460A4"/>
     <w:rsid w:val="00E540F9"/>
     <w:rsid w:val="00E547A4"/>
     <w:rsid w:val="00E54E5D"/>
     <w:rsid w:val="00E571E3"/>
     <w:rsid w:val="00E61F52"/>
     <w:rsid w:val="00E642F6"/>
     <w:rsid w:val="00E646AF"/>
     <w:rsid w:val="00E7179E"/>
     <w:rsid w:val="00E7542B"/>
     <w:rsid w:val="00E76E48"/>
     <w:rsid w:val="00E77D45"/>
     <w:rsid w:val="00E821B3"/>
     <w:rsid w:val="00E828DA"/>
     <w:rsid w:val="00EA0FEA"/>
+    <w:rsid w:val="00EA404F"/>
     <w:rsid w:val="00EA5663"/>
     <w:rsid w:val="00EB1C12"/>
     <w:rsid w:val="00EB59DA"/>
     <w:rsid w:val="00EC0589"/>
     <w:rsid w:val="00EC3028"/>
     <w:rsid w:val="00EE28FC"/>
     <w:rsid w:val="00EE3CE2"/>
     <w:rsid w:val="00EE4E4C"/>
+    <w:rsid w:val="00EF0559"/>
     <w:rsid w:val="00EF0D93"/>
     <w:rsid w:val="00EF25D5"/>
     <w:rsid w:val="00EF4781"/>
     <w:rsid w:val="00EF6DA7"/>
     <w:rsid w:val="00F02EF5"/>
     <w:rsid w:val="00F03ACC"/>
     <w:rsid w:val="00F04503"/>
     <w:rsid w:val="00F06FE2"/>
     <w:rsid w:val="00F138EE"/>
     <w:rsid w:val="00F13AA3"/>
+    <w:rsid w:val="00F165BD"/>
     <w:rsid w:val="00F20033"/>
     <w:rsid w:val="00F20CCA"/>
     <w:rsid w:val="00F21107"/>
     <w:rsid w:val="00F2333C"/>
     <w:rsid w:val="00F24B6B"/>
     <w:rsid w:val="00F36B5C"/>
+    <w:rsid w:val="00F37E40"/>
     <w:rsid w:val="00F4317C"/>
     <w:rsid w:val="00F4737F"/>
     <w:rsid w:val="00F47EF8"/>
+    <w:rsid w:val="00F51331"/>
     <w:rsid w:val="00F5714C"/>
     <w:rsid w:val="00F6091F"/>
     <w:rsid w:val="00F6240D"/>
     <w:rsid w:val="00F628C3"/>
     <w:rsid w:val="00F7366F"/>
     <w:rsid w:val="00F73EF0"/>
     <w:rsid w:val="00F837E9"/>
     <w:rsid w:val="00F96CF5"/>
     <w:rsid w:val="00F97C79"/>
     <w:rsid w:val="00FA1854"/>
+    <w:rsid w:val="00FA2150"/>
     <w:rsid w:val="00FA5C5C"/>
+    <w:rsid w:val="00FB4EEB"/>
     <w:rsid w:val="00FC0F05"/>
+    <w:rsid w:val="00FD5AE7"/>
     <w:rsid w:val="00FD664B"/>
     <w:rsid w:val="00FE73A4"/>
     <w:rsid w:val="00FF12F1"/>
     <w:rsid w:val="00FF46A4"/>
     <w:rsid w:val="00FF6011"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4BD85222"/>
   <w14:defaultImageDpi w14:val="96"/>
   <w15:docId w15:val="{642CFD54-729C-4A4A-ADD9-B636D0948857}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -25331,58 +27034,58 @@
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A70BE6"/>
     <w:rPr>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A70BE6"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.malarkeyroofing.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.malarkeyroofing.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:request%20info%20(jkouba@malarkeyroofing.com)" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.arcat.com/arcatcos/cos33/arc33038.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.malarkeyroofing.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.malarkeyroofing.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:request%20info%20(john.kouba@amrize.com)" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.arcat.com/arcatcos/cos33/arc33038.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -25644,71 +27347,71 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>14</Pages>
-[...1 lines deleted...]
-  <Characters>33828</Characters>
+  <Pages>15</Pages>
+  <Words>6292</Words>
+  <Characters>32845</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>281</Lines>
-  <Paragraphs>79</Paragraphs>
+  <Lines>704</Lines>
+  <Paragraphs>479</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ARCAT spec 07310mrp 07_31_13mrp 2016-9-8</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>39683</CharactersWithSpaces>
+  <CharactersWithSpaces>38913</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ARCAT spec 07310mrp 07_31_13mrp 2016-9-8</dc:title>
   <dc:subject/>
   <dc:creator>John Kouba</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>